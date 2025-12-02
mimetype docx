--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -1,1844 +1,1904 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1336CEA2" w14:textId="77777777" w:rsidR="00FE06F8" w:rsidRDefault="00FE06F8" w:rsidP="00FE06F8">
+    <w:p w14:paraId="6D6CD2F4" w14:textId="77777777" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="31C223B3" w14:textId="77777777" w:rsidR="003239C4" w:rsidRPr="004D7107" w:rsidRDefault="003239C4" w:rsidP="00830B9F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4573E011" w14:textId="77777777" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D7107">
+      <w:r w:rsidRPr="03D72882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Iesnieguma iesniedzēja nosaukums)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE0528E" w14:textId="77777777" w:rsidR="003239C4" w:rsidRPr="003239C4" w:rsidRDefault="003239C4" w:rsidP="003239C4">
-[...9 lines deleted...]
-    <w:p w14:paraId="5BCC0B31" w14:textId="77777777" w:rsidR="003239C4" w:rsidRPr="00FE06F8" w:rsidRDefault="003239C4" w:rsidP="003239C4">
+    <w:p w14:paraId="2642337F" w14:textId="77777777" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="146157A9" w14:textId="77777777" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE06F8">
+      <w:r w:rsidRPr="03D72882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>IESNIEGUMS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DD64F83" w14:textId="77777777" w:rsidR="003239C4" w:rsidRPr="003239C4" w:rsidRDefault="00FE06F8" w:rsidP="00FE06F8">
+    <w:p w14:paraId="2811C7A7" w14:textId="77777777" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-    <w:p w14:paraId="61B51FF7" w14:textId="77777777" w:rsidR="003239C4" w:rsidRPr="004D7107" w:rsidRDefault="003239C4" w:rsidP="00FE06F8">
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09C82304" w14:textId="77777777" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D7107">
+      <w:r w:rsidRPr="03D72882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FE06F8" w:rsidRPr="004D7107">
+        <w:t>(vietas nosaukums)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B003A3" w14:textId="77777777" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67A07F11" w14:textId="77777777" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________ Nr. __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0F802E" w14:textId="77777777" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>vietas nosaukums)</w:t>
-[...33 lines deleted...]
-        <w:ind w:firstLine="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="03D72882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>(datums)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B81796" w14:textId="77777777" w:rsidR="75225578" w:rsidRPr="00BC0E50" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5040"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Valsts izglītības attīstības aģentūrai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F63F10F" w14:textId="3448D9CA" w:rsidR="75225578" w:rsidRPr="00BC0E50" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4962"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vaļņu iela 1, Rīga, LV-1050</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E222941" w14:textId="77777777" w:rsidR="75225578" w:rsidRPr="00BC0E50" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4962"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>info@viaa.gov.lv</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E2FFF6D" w14:textId="77777777" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4962"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B2C0103" w14:textId="40990444" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Par profesionālās kvalifikācijas prasību </w:t>
+      </w:r>
+      <w:r w:rsidR="164C9D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[izstrādi]</w:t>
+      </w:r>
+      <w:r w:rsidR="164C9D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="164C9D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[aktualizāciju]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649D96E7" w14:textId="0B53D2AC" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FE06F8" w:rsidRPr="004D7107">
+      </w:pPr>
+      <w:r w:rsidRPr="03D72882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>(datums)</w:t>
-[...204 lines deleted...]
-    <w:p w14:paraId="22B6F1F1" w14:textId="77777777" w:rsidR="00D003DB" w:rsidRDefault="003239C4" w:rsidP="00D003DB">
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72CE3EE8" w14:textId="439D2D41" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003239C4">
+      <w:r w:rsidRPr="03D72882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lūdzu </w:t>
       </w:r>
-      <w:r w:rsidR="00BD3320">
-[...63 lines deleted...]
-      <w:r w:rsidR="00FE06F8">
+      <w:r w:rsidR="2919A544" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nodrošināt</w:t>
+      </w:r>
+      <w:r w:rsidR="361C2F40" w:rsidRPr="03D72882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D003DB">
-[...39 lines deleted...]
-      <w:r w:rsidR="00D003DB">
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________ nozares profesijas standartā _____________</w:t>
+      </w:r>
+      <w:r w:rsidR="7E1EB3A1" w:rsidRPr="03D72882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00314697">
-[...11 lines deleted...]
-        <w:ind w:firstLine="1560"/>
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ietvert</w:t>
+      </w:r>
+      <w:r w:rsidR="5DA0CD5F" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>profesionālās kvalifikācijas prasīb</w:t>
+      </w:r>
+      <w:r w:rsidR="3C6A7ABA" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________,__</w:t>
+      </w:r>
+      <w:r w:rsidR="57A5D8A5" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="63C927E4" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PKL</w:t>
+      </w:r>
+      <w:r w:rsidR="7A4172D8" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2B7880E7" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="7A4172D8" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izstrādes</w:t>
+      </w:r>
+      <w:r w:rsidR="66A52B83" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="5DFD381C" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="325DEA97" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="5DFD381C" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="5F2D97F4" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="7A4172D8" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aktualizācijas</w:t>
+      </w:r>
+      <w:r w:rsidR="7BC8CEA4" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="7A4172D8" w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> procesa virzību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17111A08" w14:textId="5EB68EA2" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...22 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A461E51" w14:textId="47F55CFE" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-    <w:p w14:paraId="6FA47CD5" w14:textId="77777777" w:rsidR="00BD3320" w:rsidRDefault="00BD3320" w:rsidP="00BD3320">
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pamatojums:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78883BE8" w14:textId="77777777" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...79 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="03D72882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE0EDBA" w14:textId="77777777" w:rsidR="008232C6" w:rsidRDefault="008232C6" w:rsidP="008232C6">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7AA0B224" w14:textId="77777777" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="03D72882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="130CAF7F" w14:textId="77777777" w:rsidR="00E524A3" w:rsidRPr="003239C4" w:rsidRDefault="00E524A3" w:rsidP="003239C4">
-[...42 lines deleted...]
-        <w:t>darba grupas sastāvs:</w:t>
+    <w:p w14:paraId="0423B9B7" w14:textId="5290BC1D" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="299D6C97" w14:textId="287BD936" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ekspertu darba grupas sastāvs:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4594"/>
-        <w:gridCol w:w="4595"/>
+        <w:gridCol w:w="2650"/>
+        <w:gridCol w:w="2975"/>
+        <w:gridCol w:w="3564"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0044724B" w:rsidRPr="001667D1" w14:paraId="4CF811CF" w14:textId="77777777" w:rsidTr="007141C7">
+      <w:tr w:rsidR="03D72882" w14:paraId="41831175" w14:textId="77777777" w:rsidTr="03D72882">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4594" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1170612A" w14:textId="77777777" w:rsidR="0044724B" w:rsidRPr="001667D1" w:rsidRDefault="007141C7" w:rsidP="0016364F">
+          <w:p w14:paraId="601F32D2" w14:textId="47335B9D" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001667D1">
+            <w:r w:rsidRPr="03D72882">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Dalībnieka vārds, uzvārds</w:t>
+              <w:t>Vārds, uzvārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4595" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4C4B79" w14:textId="77777777" w:rsidR="0044724B" w:rsidRPr="001667D1" w:rsidRDefault="007141C7" w:rsidP="0016364F">
+          <w:p w14:paraId="57F4638D" w14:textId="0FA1EE93" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001667D1">
+            <w:r w:rsidRPr="03D72882">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Darb</w:t>
+              <w:t>Darba vieta, amats</w:t>
             </w:r>
-            <w:r w:rsidR="00C90BD9" w:rsidRPr="001667D1">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3564" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17B3812D" w14:textId="28A91013" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>a vieta un amats</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="03D72882">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kontaktinformācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0044724B" w:rsidRPr="001667D1" w14:paraId="3F0A62AC" w14:textId="77777777" w:rsidTr="007141C7">
+      <w:tr w:rsidR="03D72882" w14:paraId="2D30E2AF" w14:textId="77777777" w:rsidTr="03D72882">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4594" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63D01C85" w14:textId="77777777" w:rsidR="0044724B" w:rsidRPr="001667D1" w:rsidRDefault="0044724B" w:rsidP="007141C7">
+          <w:p w14:paraId="51FE1DE8" w14:textId="77777777" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4595" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41E310DA" w14:textId="77777777" w:rsidR="0044724B" w:rsidRPr="001667D1" w:rsidRDefault="0044724B" w:rsidP="007141C7">
+          <w:p w14:paraId="359FE05C" w14:textId="711C9820" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3564" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E47CC8" w14:textId="77777777" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0044724B" w:rsidRPr="001667D1" w14:paraId="7E7BF1AD" w14:textId="77777777" w:rsidTr="007141C7">
+      <w:tr w:rsidR="03D72882" w14:paraId="186C289D" w14:textId="77777777" w:rsidTr="03D72882">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4594" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C783468" w14:textId="77777777" w:rsidR="0044724B" w:rsidRPr="001667D1" w:rsidRDefault="0044724B" w:rsidP="007141C7">
+          <w:p w14:paraId="529E0C5D" w14:textId="77777777" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4595" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A7F3E0A" w14:textId="77777777" w:rsidR="0044724B" w:rsidRPr="001667D1" w:rsidRDefault="0044724B" w:rsidP="007141C7">
+          <w:p w14:paraId="35B8E68B" w14:textId="1B549F05" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3564" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F764834" w14:textId="77777777" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0044724B" w:rsidRPr="001667D1" w14:paraId="6FE9F5F6" w14:textId="77777777" w:rsidTr="007141C7">
+      <w:tr w:rsidR="03D72882" w14:paraId="09087B7E" w14:textId="77777777" w:rsidTr="03D72882">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4594" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73F3775A" w14:textId="77777777" w:rsidR="0044724B" w:rsidRPr="001667D1" w:rsidRDefault="0044724B" w:rsidP="007141C7">
+          <w:p w14:paraId="50094630" w14:textId="43C924BE" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4595" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E369B20" w14:textId="77777777" w:rsidR="0044724B" w:rsidRPr="001667D1" w:rsidRDefault="0044724B" w:rsidP="007141C7">
+          <w:p w14:paraId="6C285656" w14:textId="47ECFB7D" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...17 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4595" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3564" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="434A9F45" w14:textId="77777777" w:rsidR="0044724B" w:rsidRPr="001667D1" w:rsidRDefault="0044724B" w:rsidP="007141C7">
+          <w:p w14:paraId="685D7100" w14:textId="5F404A09" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C90BD9" w:rsidRPr="001667D1" w14:paraId="344C99F9" w14:textId="77777777" w:rsidTr="007141C7">
+      <w:tr w:rsidR="03D72882" w14:paraId="5F69FA7A" w14:textId="77777777" w:rsidTr="03D72882">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4594" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73314BE1" w14:textId="77777777" w:rsidR="00C90BD9" w:rsidRPr="001667D1" w:rsidRDefault="00C90BD9" w:rsidP="007141C7">
+          <w:p w14:paraId="1D7B9B82" w14:textId="1728C7FC" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4595" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4538EF99" w14:textId="77777777" w:rsidR="00C90BD9" w:rsidRPr="001667D1" w:rsidRDefault="00C90BD9" w:rsidP="007141C7">
+          <w:p w14:paraId="7E61232C" w14:textId="398D21B5" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3564" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24310DD5" w14:textId="41DFC9F3" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="03D72882" w14:paraId="372CC12A" w14:textId="77777777" w:rsidTr="03D72882">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="394894C4" w14:textId="3A77E73A" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2975" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="205457D8" w14:textId="7F6EAA8F" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3564" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51B4C7DF" w14:textId="67716D13" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="79BBB3AE" w14:textId="77777777" w:rsidR="003239C4" w:rsidRPr="003239C4" w:rsidRDefault="003239C4" w:rsidP="003239C4">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="003239C4">
+    <w:p w14:paraId="08EF25E6" w14:textId="77777777" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="418643BD" w14:textId="77777777" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="03D72882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Informācija par iesniedzēju:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4594"/>
-        <w:gridCol w:w="4595"/>
+        <w:gridCol w:w="3645"/>
+        <w:gridCol w:w="5544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C90BD9" w:rsidRPr="0016364F" w14:paraId="26F71398" w14:textId="77777777" w:rsidTr="0016364F">
+      <w:tr w:rsidR="03D72882" w14:paraId="4FA3DCB6" w14:textId="77777777" w:rsidTr="03D72882">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4594" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="778ABE91" w14:textId="77777777" w:rsidR="00C90BD9" w:rsidRPr="0016364F" w:rsidRDefault="00C90BD9" w:rsidP="0016364F">
+          <w:p w14:paraId="17E0D6F2" w14:textId="68207923" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0016364F">
+            <w:r w:rsidRPr="03D72882">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Nosaukums, juridiskais statuss</w:t>
-[...7 lines deleted...]
-              <w:t>, Reģ.Nr.</w:t>
+              <w:t>Nosaukums, juridiskais statuss, Reģ. Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4595" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20BDA887" w14:textId="77777777" w:rsidR="00C90BD9" w:rsidRPr="0016364F" w:rsidRDefault="00C90BD9" w:rsidP="0016364F">
+          <w:p w14:paraId="26DD1F5E" w14:textId="77777777" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C90BD9" w:rsidRPr="0016364F" w14:paraId="74E082F1" w14:textId="77777777" w:rsidTr="0016364F">
+      <w:tr w:rsidR="03D72882" w14:paraId="551BE49A" w14:textId="77777777" w:rsidTr="03D72882">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4594" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FB76BCF" w14:textId="77777777" w:rsidR="00C90BD9" w:rsidRPr="0016364F" w:rsidRDefault="00C90BD9" w:rsidP="0016364F">
+          <w:p w14:paraId="0AFA8105" w14:textId="77777777" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0016364F">
+            <w:r w:rsidRPr="03D72882">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Juridiskā </w:t>
-[...7 lines deleted...]
-              <w:t>adrese</w:t>
+              <w:t>Juridiskā adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4595" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AAFC9E0" w14:textId="77777777" w:rsidR="00C90BD9" w:rsidRPr="0016364F" w:rsidRDefault="00C90BD9" w:rsidP="0016364F">
+          <w:p w14:paraId="15845384" w14:textId="77777777" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C90BD9" w:rsidRPr="0016364F" w14:paraId="4015B75E" w14:textId="77777777" w:rsidTr="0016364F">
+      <w:tr w:rsidR="03D72882" w14:paraId="5A21C0E9" w14:textId="77777777" w:rsidTr="03D72882">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4594" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="640C5F52" w14:textId="77777777" w:rsidR="00C90BD9" w:rsidRPr="0016364F" w:rsidRDefault="00C90BD9" w:rsidP="0016364F">
+          <w:p w14:paraId="15C39964" w14:textId="77777777" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0016364F">
+            <w:r w:rsidRPr="03D72882">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Kontakt</w:t>
-[...23 lines deleted...]
-              <w:t>tālrunis, e-pasts</w:t>
+              <w:t>Kontaktpersona saziņai, vārds, uzvārds, tālrunis, e-pasts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4595" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49B1ABB9" w14:textId="77777777" w:rsidR="00C90BD9" w:rsidRPr="0016364F" w:rsidRDefault="00C90BD9" w:rsidP="0016364F">
+          <w:p w14:paraId="39BE1720" w14:textId="77777777" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C285EDA" w14:textId="77777777" w:rsidR="007B0C72" w:rsidRPr="003239C4" w:rsidRDefault="007B0C72" w:rsidP="003239C4">
-[...17 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4620654D" w14:textId="722BCAF1" w:rsidR="03D72882" w:rsidRDefault="03D72882" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B8F43F8" w14:textId="77777777" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Esmu informēts/a un piekrītu, ka:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="731E7759" w14:textId="77777777" w:rsidR="75225578" w:rsidRPr="00BC0E50" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>šajā iesniegumā minēto, kā arī pielikumos iesniegtajos dokumentos norādīto personas datu apstrāde notiek Ministru kabineta 2025.gada 9.septembrī noteikumu Nr.538 “Nozares kvalifikāciju struktūras un profesijas standarta un tajā ietverto profesionālās kvalifikācijas prasību izstrādes un aktualizācijas kārtība” 4.punktā noteiktā ekspertu darba grupas izveides nolūkā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B6C9C2" w14:textId="77777777" w:rsidR="75225578" w:rsidRPr="00BC0E50" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">personas datu apstrādes pārzinis ir Valsts izglītības attīstības aģentūra (adrese: Vaļņu iela 1 (3.-6. stāvs), Rīga, LV-1050, tālrunis: 67814322, fakss: 67223801, e-pasts: info@viaa.gov.lv); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8125E2" w14:textId="77777777" w:rsidR="75225578" w:rsidRPr="00BC0E50" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>personas dati tiks glabāti pastāvīgi,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F736558" w14:textId="77777777" w:rsidR="75225578" w:rsidRPr="00BC0E50" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>man ir tiesības prasīt neprecīzu vai nepilnīgu datu labošanu vai dzēšanu, vai tiesības iebilst pret nepamatotu datu apstrādi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E968E6" w14:textId="77777777" w:rsidR="75225578" w:rsidRPr="00BC0E50" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">man ir tiesības iesniegt sūdzību Datu valsts inspekcijā par personas datu aizsardzības noteikumu pārkāpumu.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B300554" w14:textId="77777777" w:rsidR="75225578" w:rsidRDefault="75225578" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="2880"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">ielikumā </w:t>
+        <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="0027347B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="03D72882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37053D54" w14:textId="259C742F" w:rsidR="3D03E27A" w:rsidRDefault="3D03E27A" w:rsidP="03D72882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="004D7107" w:rsidRPr="004D7107">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="03D72882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>profesionālās kvalifikācijas prasību)</w:t>
-[...253 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="75225578" w:rsidRPr="03D72882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">(paraksts) </w:t>
+      </w:r>
       <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="75225578" w:rsidRPr="03D72882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:tab/>
-[...91 lines deleted...]
-    <w:sectPr w:rsidR="00FD729C" w:rsidRPr="00C90BD9" w:rsidSect="00C90BD9">
+        <w:t xml:space="preserve">        (paraksta atšifrējums)</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="3D03E27A" w:rsidSect="00C90BD9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1133" w:bottom="567" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CF4753F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A8D0A4A4"/>
+    <w:lvl w:ilvl="0" w:tplc="64CC5F84">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="2009672415">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003239C4"/>
     <w:rsid w:val="00093818"/>
     <w:rsid w:val="0016364F"/>
-    <w:rsid w:val="001667D1"/>
+    <w:rsid w:val="00170195"/>
+    <w:rsid w:val="001959F4"/>
     <w:rsid w:val="001A68DA"/>
+    <w:rsid w:val="001E75CA"/>
     <w:rsid w:val="002655B1"/>
     <w:rsid w:val="00272D85"/>
     <w:rsid w:val="0027347B"/>
+    <w:rsid w:val="002E2FCB"/>
     <w:rsid w:val="00314697"/>
     <w:rsid w:val="003239C4"/>
     <w:rsid w:val="003564CF"/>
+    <w:rsid w:val="003F3625"/>
     <w:rsid w:val="0044724B"/>
     <w:rsid w:val="00447D75"/>
     <w:rsid w:val="00491565"/>
     <w:rsid w:val="004D7107"/>
+    <w:rsid w:val="004E5FDA"/>
+    <w:rsid w:val="00596AA4"/>
     <w:rsid w:val="005A7AD2"/>
     <w:rsid w:val="005B215F"/>
     <w:rsid w:val="005C6045"/>
     <w:rsid w:val="00617DF1"/>
     <w:rsid w:val="006536F5"/>
     <w:rsid w:val="00670B6A"/>
+    <w:rsid w:val="006966E9"/>
     <w:rsid w:val="007141C7"/>
     <w:rsid w:val="007B0C72"/>
     <w:rsid w:val="008232C6"/>
     <w:rsid w:val="00830B9F"/>
     <w:rsid w:val="00893F16"/>
     <w:rsid w:val="008D0AA3"/>
     <w:rsid w:val="00962563"/>
-    <w:rsid w:val="00996BD8"/>
     <w:rsid w:val="00AD21F4"/>
     <w:rsid w:val="00AE7325"/>
     <w:rsid w:val="00B0482D"/>
     <w:rsid w:val="00B3729F"/>
+    <w:rsid w:val="00BC0E50"/>
     <w:rsid w:val="00BD3320"/>
     <w:rsid w:val="00C406D9"/>
+    <w:rsid w:val="00C527F2"/>
     <w:rsid w:val="00C90BD9"/>
     <w:rsid w:val="00D003DB"/>
     <w:rsid w:val="00D24101"/>
     <w:rsid w:val="00E524A3"/>
     <w:rsid w:val="00E937A5"/>
+    <w:rsid w:val="00EB1D57"/>
     <w:rsid w:val="00ED4C25"/>
     <w:rsid w:val="00EF3817"/>
-    <w:rsid w:val="00F11244"/>
+    <w:rsid w:val="00F38D17"/>
+    <w:rsid w:val="00FC1583"/>
     <w:rsid w:val="00FC5100"/>
     <w:rsid w:val="00FD729C"/>
     <w:rsid w:val="00FE06F8"/>
+    <w:rsid w:val="010513BD"/>
+    <w:rsid w:val="01E304D1"/>
+    <w:rsid w:val="028FC68A"/>
+    <w:rsid w:val="02B5FD14"/>
+    <w:rsid w:val="0327B365"/>
+    <w:rsid w:val="03D72882"/>
+    <w:rsid w:val="04F23461"/>
+    <w:rsid w:val="05B93534"/>
+    <w:rsid w:val="05D83DA8"/>
+    <w:rsid w:val="06C236C0"/>
+    <w:rsid w:val="06EF8964"/>
+    <w:rsid w:val="071594F8"/>
+    <w:rsid w:val="097F18BA"/>
+    <w:rsid w:val="09858FF9"/>
+    <w:rsid w:val="09C3E6CA"/>
+    <w:rsid w:val="0F3B0D59"/>
+    <w:rsid w:val="0FA9C690"/>
+    <w:rsid w:val="112EA9F7"/>
+    <w:rsid w:val="121D3067"/>
+    <w:rsid w:val="12D94686"/>
+    <w:rsid w:val="1328459D"/>
+    <w:rsid w:val="14299CC9"/>
+    <w:rsid w:val="1605D47B"/>
+    <w:rsid w:val="161D6F01"/>
+    <w:rsid w:val="164C9D95"/>
+    <w:rsid w:val="16AE9F81"/>
+    <w:rsid w:val="16E32467"/>
+    <w:rsid w:val="17248377"/>
+    <w:rsid w:val="1738A880"/>
+    <w:rsid w:val="177CCA26"/>
+    <w:rsid w:val="17A64585"/>
+    <w:rsid w:val="17C969C9"/>
+    <w:rsid w:val="185708A9"/>
+    <w:rsid w:val="1941127C"/>
+    <w:rsid w:val="194DCDD1"/>
+    <w:rsid w:val="19857A5A"/>
+    <w:rsid w:val="19A1339D"/>
+    <w:rsid w:val="1AD9D083"/>
+    <w:rsid w:val="1C84FE73"/>
+    <w:rsid w:val="1C91E6F4"/>
+    <w:rsid w:val="1EDB3AA3"/>
+    <w:rsid w:val="1EFA0943"/>
+    <w:rsid w:val="1FA69793"/>
+    <w:rsid w:val="20997EDC"/>
+    <w:rsid w:val="21AD9207"/>
+    <w:rsid w:val="22146B02"/>
+    <w:rsid w:val="22DE0248"/>
+    <w:rsid w:val="24858655"/>
+    <w:rsid w:val="24C7F3D4"/>
+    <w:rsid w:val="24D6549B"/>
+    <w:rsid w:val="24F05F45"/>
+    <w:rsid w:val="25887848"/>
+    <w:rsid w:val="263E7649"/>
+    <w:rsid w:val="268A7658"/>
+    <w:rsid w:val="272770FD"/>
+    <w:rsid w:val="27815913"/>
+    <w:rsid w:val="27F00473"/>
+    <w:rsid w:val="2919A544"/>
+    <w:rsid w:val="296134FB"/>
+    <w:rsid w:val="2975E61F"/>
+    <w:rsid w:val="29D09C06"/>
+    <w:rsid w:val="2A19BA07"/>
+    <w:rsid w:val="2B511401"/>
+    <w:rsid w:val="2B7880E7"/>
+    <w:rsid w:val="2FD063C7"/>
+    <w:rsid w:val="3017F83B"/>
+    <w:rsid w:val="30B6BF78"/>
+    <w:rsid w:val="31199EB6"/>
+    <w:rsid w:val="3171EBEA"/>
+    <w:rsid w:val="31C027F1"/>
+    <w:rsid w:val="325DEA97"/>
+    <w:rsid w:val="3333EF67"/>
+    <w:rsid w:val="335105C1"/>
+    <w:rsid w:val="338A1186"/>
+    <w:rsid w:val="34921B9B"/>
+    <w:rsid w:val="354DFABC"/>
+    <w:rsid w:val="361C2F40"/>
+    <w:rsid w:val="36FA06C7"/>
+    <w:rsid w:val="36FA4C9D"/>
+    <w:rsid w:val="37397660"/>
+    <w:rsid w:val="37BD8B3C"/>
+    <w:rsid w:val="37FBA9E3"/>
+    <w:rsid w:val="3979FED6"/>
+    <w:rsid w:val="3B17E7AC"/>
+    <w:rsid w:val="3B636E89"/>
+    <w:rsid w:val="3C6A7ABA"/>
+    <w:rsid w:val="3D03E27A"/>
+    <w:rsid w:val="3DC09896"/>
+    <w:rsid w:val="3E87046D"/>
+    <w:rsid w:val="4084187F"/>
+    <w:rsid w:val="4274D05F"/>
+    <w:rsid w:val="42C8C136"/>
+    <w:rsid w:val="44F2630A"/>
+    <w:rsid w:val="455C6FB0"/>
+    <w:rsid w:val="46B897BE"/>
+    <w:rsid w:val="48582262"/>
+    <w:rsid w:val="486FEF8B"/>
+    <w:rsid w:val="48E26041"/>
+    <w:rsid w:val="4931EBBE"/>
+    <w:rsid w:val="499109C2"/>
+    <w:rsid w:val="4A5F22E9"/>
+    <w:rsid w:val="4B93D3CF"/>
+    <w:rsid w:val="4BB121A0"/>
+    <w:rsid w:val="4BD2C8FB"/>
+    <w:rsid w:val="4CC73CA3"/>
+    <w:rsid w:val="4CE417F9"/>
+    <w:rsid w:val="4D1187C7"/>
+    <w:rsid w:val="4F1335B0"/>
+    <w:rsid w:val="50A0F187"/>
+    <w:rsid w:val="5164AE92"/>
+    <w:rsid w:val="51DFAF9A"/>
+    <w:rsid w:val="539639F8"/>
+    <w:rsid w:val="5449CF39"/>
+    <w:rsid w:val="54EF6EF2"/>
+    <w:rsid w:val="55D4B405"/>
+    <w:rsid w:val="56B36575"/>
+    <w:rsid w:val="575FED22"/>
+    <w:rsid w:val="57A5D8A5"/>
+    <w:rsid w:val="57E258D7"/>
+    <w:rsid w:val="585C65EF"/>
+    <w:rsid w:val="58F46F1E"/>
+    <w:rsid w:val="59B6F834"/>
+    <w:rsid w:val="5ABA7A30"/>
+    <w:rsid w:val="5B47DD48"/>
+    <w:rsid w:val="5BA7CC42"/>
+    <w:rsid w:val="5DA0CD5F"/>
+    <w:rsid w:val="5DBC6BA4"/>
+    <w:rsid w:val="5DF9E3DE"/>
+    <w:rsid w:val="5DFD381C"/>
+    <w:rsid w:val="5F2D97F4"/>
+    <w:rsid w:val="5F3282D0"/>
+    <w:rsid w:val="5FD03B08"/>
+    <w:rsid w:val="6097588D"/>
+    <w:rsid w:val="60D53C19"/>
+    <w:rsid w:val="610FFA6F"/>
+    <w:rsid w:val="61544ABD"/>
+    <w:rsid w:val="6221E1E0"/>
+    <w:rsid w:val="626BC02A"/>
+    <w:rsid w:val="62DF9C82"/>
+    <w:rsid w:val="6305C395"/>
+    <w:rsid w:val="63C927E4"/>
+    <w:rsid w:val="64049DCB"/>
+    <w:rsid w:val="6443FAE1"/>
+    <w:rsid w:val="65C063D7"/>
+    <w:rsid w:val="66060B4F"/>
+    <w:rsid w:val="66A52B83"/>
+    <w:rsid w:val="67C496F2"/>
+    <w:rsid w:val="692D2DD3"/>
+    <w:rsid w:val="6A66ED8A"/>
+    <w:rsid w:val="6AE5FF4F"/>
+    <w:rsid w:val="6C87EBAE"/>
+    <w:rsid w:val="6D1BFCC3"/>
+    <w:rsid w:val="6D466377"/>
+    <w:rsid w:val="6E7114DC"/>
+    <w:rsid w:val="6F866857"/>
+    <w:rsid w:val="6FB088B8"/>
+    <w:rsid w:val="70182F4C"/>
+    <w:rsid w:val="71F27BA0"/>
+    <w:rsid w:val="721F1DB9"/>
+    <w:rsid w:val="722903D5"/>
+    <w:rsid w:val="73979649"/>
+    <w:rsid w:val="74DD8DA2"/>
+    <w:rsid w:val="75225578"/>
+    <w:rsid w:val="75742B36"/>
+    <w:rsid w:val="774E8469"/>
+    <w:rsid w:val="7777DB34"/>
+    <w:rsid w:val="787F8EED"/>
+    <w:rsid w:val="78E374AA"/>
+    <w:rsid w:val="7917708D"/>
+    <w:rsid w:val="797D5D5D"/>
+    <w:rsid w:val="7A2B40F1"/>
+    <w:rsid w:val="7A4172D8"/>
+    <w:rsid w:val="7A571387"/>
+    <w:rsid w:val="7AB12561"/>
+    <w:rsid w:val="7AE48205"/>
+    <w:rsid w:val="7B9B89CE"/>
+    <w:rsid w:val="7BC8CEA4"/>
+    <w:rsid w:val="7BDF201D"/>
+    <w:rsid w:val="7C7FAE4E"/>
+    <w:rsid w:val="7D4AF2BC"/>
+    <w:rsid w:val="7DDCE74D"/>
+    <w:rsid w:val="7E1EB3A1"/>
+    <w:rsid w:val="7EFA3569"/>
+    <w:rsid w:val="7FE0118B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="43CD6267"/>
+  <w14:docId w14:val="40897C1D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D7017201-036C-4CD3-A82C-D6E3464984B8}"/>
+  <w15:docId w15:val="{4F353D75-D6D2-45D8-B50A-297899544F04}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2202,137 +2262,139 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="0044724B"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001667D1"/>
+    <w:rsid w:val="00C527F2"/>
     <w:rPr>
       <w:color w:val="467886"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001667D1"/>
+    <w:rsid w:val="00C527F2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="619994669">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2606,81 +2668,267 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100E970D65171BD0B41A9F31979B0D9366F" ma:contentTypeVersion="3" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="d9ec22b60cefc9110dc0c2e984380e77">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="76c8fec7-1d2a-4973-bccc-e4237c1b7805" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5442843b356b3b8924fbf19a73483173" ns2:_="">
+    <xsd:import namespace="76c8fec7-1d2a-4973-bccc-e4237c1b7805"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="76c8fec7-1d2a-4973-bccc-e4237c1b7805" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A58EA2AD-3D18-4CA6-ADC0-A1935CE58AB7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B39E87ED-40CB-4523-A0FB-B1C42140B0C8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F878840-6BE9-4DD9-B076-67EE34AD3C86}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="76c8fec7-1d2a-4973-bccc-e4237c1b7805"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>263</Words>
-  <Characters>1503</Characters>
+  <Words>306</Words>
+  <Characters>1748</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1763</CharactersWithSpaces>
+  <CharactersWithSpaces>2050</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Helga Kaukule</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100E970D65171BD0B41A9F31979B0D9366F</vt:lpwstr>
+  </property>
+</Properties>
+</file>