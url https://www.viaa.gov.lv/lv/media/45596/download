--- v0 (2025-10-13)
+++ v1 (2026-01-31)
@@ -655,116 +655,162 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3035" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="207242C0" w14:textId="7EF0F5D5" w:rsidR="53D3C204" w:rsidRDefault="00841F23" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>15.11.2025.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="7BF03145" w14:paraId="2A835399" w14:textId="77777777" w:rsidTr="005E4447">
+      <w:tr w:rsidR="7BF03145" w14:paraId="2A835399" w14:textId="77777777" w:rsidTr="00CE55EA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3795" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37B529AC" w14:textId="631DAD26" w:rsidR="7BF03145" w:rsidRDefault="7BF03145" w:rsidP="00915A40">
-[...11 lines deleted...]
-              <w:t>53. astronomijas atklātā olimpiāde</w:t>
+          <w:p w14:paraId="37B529AC" w14:textId="7EFD435C" w:rsidR="7BF03145" w:rsidRDefault="7BF03145" w:rsidP="00915A40">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7D34110B">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00770BDC">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7D34110B">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>. astronomijas atklātā olimpiāde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1521C12F" w14:textId="4158074F" w:rsidR="7BF03145" w:rsidRDefault="7BF03145" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>8.–12. klases izglītojamie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3035" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52472B51" w14:textId="28322CF1" w:rsidR="7BF03145" w:rsidRDefault="00D54406" w:rsidP="00915A40">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2869D4E4" w14:textId="5AE27F2B" w:rsidR="00CE55EA" w:rsidRPr="00AD1848" w:rsidRDefault="00CE55EA" w:rsidP="00CE55EA">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1848">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I kārta </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Tiks precizēts</w:t>
+              <w:t>14.04.2026.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD1848">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52472B51" w14:textId="05046630" w:rsidR="7BF03145" w:rsidRDefault="00CE55EA" w:rsidP="00CE55EA">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1848">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">II kārta </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>18.04.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="6681EFB6" w14:paraId="40D5E646" w14:textId="77777777" w:rsidTr="005E4447">
         <w:trPr>
           <w:trHeight w:val="497"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3795" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29514733" w14:textId="4DAA05AA" w:rsidR="6F2A09BF" w:rsidRDefault="6F2A09BF" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -889,51 +935,51 @@
             <w:r w:rsidR="00626AD8">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>šu izglītojamie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3035" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4221056C" w14:textId="14996D0C" w:rsidR="00D601E1" w:rsidRDefault="00085E9D" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>19.01.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E06DE2" w14:paraId="56B654B5" w14:textId="77777777" w:rsidTr="005E4447">
+      <w:tr w:rsidR="00E06DE2" w14:paraId="56B654B5" w14:textId="77777777" w:rsidTr="00DE2CE3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3795" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FF907E2" w14:textId="144F2C58" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atklātā ekonomikas olimpiāde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -941,61 +987,61 @@
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="419A6F0F" w14:textId="36227C3F" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>10.–12. klašu izglītojamie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3035" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1977A10D" w14:textId="3F2BF035" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
+          <w:p w14:paraId="1977A10D" w14:textId="275BB630" w:rsidR="00E06DE2" w:rsidRDefault="00DE2CE3" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Tiks precizēts</w:t>
+              <w:t>20.03.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="7D34110B" w14:paraId="661680D1" w14:textId="77777777" w:rsidTr="005E4447">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3795" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5775AB4D" w14:textId="18784AC5" w:rsidR="6EFE8996" w:rsidRDefault="6EFE8996" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -1432,137 +1478,136 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="7BF03145" w14:paraId="5644FCF7" w14:textId="77777777" w:rsidTr="005E4447">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3795" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B39B8C0" w14:textId="4CF40193" w:rsidR="7BF03145" w:rsidRDefault="7BF03145" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Atklātā svešvalodu olimpiāde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43D2D4F5" w14:textId="15D9DDF0" w:rsidR="7C94E19D" w:rsidRDefault="0A7E6475" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vācu valoda, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="728BDEC6" w14:textId="21CCFB1C" w:rsidR="7C94E19D" w:rsidRDefault="0051A71D" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="7BF03145" w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="198660D6" w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, 7. un </w:t>
             </w:r>
             <w:r w:rsidR="5F4ED56F" w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="7BF03145" w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>. klašu izglītojamie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3035" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EAE33F0" w14:textId="453B8F00" w:rsidR="7BF03145" w:rsidRDefault="009A4E6B" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>31.01.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="7BF03145" w14:paraId="75B94855" w14:textId="77777777" w:rsidTr="005E4447">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3795" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07C73F62" w14:textId="77777777" w:rsidR="00862E70" w:rsidRDefault="00862E70" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -1600,107 +1645,183 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3035" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AFB7EA1" w14:textId="77777777" w:rsidR="00862E70" w:rsidRDefault="00862E70" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E06DE2" w14:paraId="1CEB9E3F" w14:textId="77777777" w:rsidTr="005E4447">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3795" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="122ACD5E" w14:textId="0449799D" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
-[...11 lines deleted...]
-              <w:t>Franču valodas 55. olimpiāde 8.–9. klašu izglītojamajiem</w:t>
+          <w:p w14:paraId="122ACD5E" w14:textId="71A29374" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7D34110B">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Franču valodas 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00756AE8">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7D34110B">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>. olimpiāde 8.–9. klašu izglītojamajiem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AD568DF" w14:textId="64764A18" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>8.–9.klašu izglītojamie divos valodas prasmju līmeņos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3035" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC20030" w14:textId="32E3AD4E" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3EAD4279" w14:textId="3E47AEDE" w:rsidR="001F448E" w:rsidRPr="00AD1848" w:rsidRDefault="001F448E" w:rsidP="001F448E">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1848">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I kārta </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Tiks precizēts</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD1848">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD1848">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2026. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FC20030" w14:textId="3D3E006C" w:rsidR="00E06DE2" w:rsidRDefault="001F448E" w:rsidP="001F448E">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1848">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>II kārta 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD1848">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD1848">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E06DE2" w14:paraId="0A5C72AC" w14:textId="77777777" w:rsidTr="005E4447">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3795" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65148AA6" w14:textId="65E2EF5D" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -1846,65 +1967,65 @@
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>21.03.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E06DE2" w14:paraId="571592B7" w14:textId="77777777" w:rsidTr="005E4447">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3795" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33C2585B" w14:textId="017E00A4" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
+          <w:p w14:paraId="33C2585B" w14:textId="6D03BBE7" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vācu valodas 5</w:t>
             </w:r>
-            <w:r w:rsidR="005E4447">
+            <w:r w:rsidR="00333C76">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">. olimpiāde </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30B70194" w14:textId="305CE1DC" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
@@ -1966,144 +2087,150 @@
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="50D56904" w14:textId="77777777" w:rsidR="00D55EB2" w:rsidRDefault="00D55EB2" w:rsidP="00D55EB2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="09C9F9FE" w14:textId="77777777" w:rsidR="00D55EB2" w:rsidRDefault="00D55EB2" w:rsidP="00D55EB2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="316FA5F8" w14:textId="77777777" w:rsidR="00D55EB2" w:rsidRDefault="00D55EB2" w:rsidP="00D55EB2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3AEDBA6E" w14:textId="09A6E5C1" w:rsidR="00D55EB2" w:rsidRPr="00D55EB2" w:rsidRDefault="00D55EB2" w:rsidP="00D55EB2">
+  <w:p w14:paraId="3AEDBA6E" w14:textId="5AE95BB4" w:rsidR="00D55EB2" w:rsidRPr="00D55EB2" w:rsidRDefault="00D55EB2" w:rsidP="00D55EB2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="360"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t xml:space="preserve">Pēdējoreiz atjaunots </w:t>
     </w:r>
-    <w:r w:rsidR="004574DF">
+    <w:r w:rsidR="00756AE8">
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>03</w:t>
+      <w:t>26</w:t>
+    </w:r>
+    <w:r w:rsidR="00CE555E">
+      <w:rPr>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>.01</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>.202</w:t>
+    </w:r>
+    <w:r w:rsidR="00CE555E">
+      <w:rPr>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>.</w:t>
-    </w:r>
-[...10 lines deleted...]
-      <w:t>.2025.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="319262C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3860327E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -2257,149 +2384,159 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="809831648">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2061440462">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F05B1"/>
     <w:rsid w:val="00011EBF"/>
     <w:rsid w:val="000140C3"/>
     <w:rsid w:val="000258D2"/>
     <w:rsid w:val="0004400C"/>
     <w:rsid w:val="000515BF"/>
     <w:rsid w:val="00085E9D"/>
     <w:rsid w:val="000B2E7A"/>
     <w:rsid w:val="000B3135"/>
     <w:rsid w:val="000B72CD"/>
     <w:rsid w:val="00130FCC"/>
+    <w:rsid w:val="001F448E"/>
     <w:rsid w:val="00287384"/>
     <w:rsid w:val="00290108"/>
     <w:rsid w:val="002B643C"/>
     <w:rsid w:val="002D7F6F"/>
     <w:rsid w:val="00300F7C"/>
     <w:rsid w:val="00333996"/>
+    <w:rsid w:val="00333C76"/>
     <w:rsid w:val="003A091D"/>
     <w:rsid w:val="003D097D"/>
     <w:rsid w:val="00437161"/>
     <w:rsid w:val="004574DF"/>
     <w:rsid w:val="00475CAC"/>
     <w:rsid w:val="004846F0"/>
+    <w:rsid w:val="004A6136"/>
+    <w:rsid w:val="00503C3D"/>
     <w:rsid w:val="0051A71D"/>
     <w:rsid w:val="00581DCD"/>
     <w:rsid w:val="005B6868"/>
     <w:rsid w:val="005C16E4"/>
     <w:rsid w:val="005E4447"/>
     <w:rsid w:val="006263DA"/>
     <w:rsid w:val="00626AD8"/>
     <w:rsid w:val="0062715B"/>
     <w:rsid w:val="00674418"/>
     <w:rsid w:val="006A32E8"/>
     <w:rsid w:val="006B1DEA"/>
     <w:rsid w:val="006B20E2"/>
     <w:rsid w:val="00704B42"/>
     <w:rsid w:val="007205F0"/>
     <w:rsid w:val="007318E3"/>
+    <w:rsid w:val="00756AE8"/>
     <w:rsid w:val="00763B33"/>
+    <w:rsid w:val="00770BDC"/>
     <w:rsid w:val="00774579"/>
+    <w:rsid w:val="00784762"/>
     <w:rsid w:val="007B33E9"/>
     <w:rsid w:val="007C62A8"/>
     <w:rsid w:val="007D679C"/>
     <w:rsid w:val="007E1CF7"/>
     <w:rsid w:val="007F6024"/>
     <w:rsid w:val="00841F23"/>
     <w:rsid w:val="00862E70"/>
     <w:rsid w:val="008850A4"/>
     <w:rsid w:val="008A1247"/>
     <w:rsid w:val="008D6BC8"/>
     <w:rsid w:val="008F05B1"/>
     <w:rsid w:val="00901E77"/>
     <w:rsid w:val="00915A40"/>
     <w:rsid w:val="00955355"/>
+    <w:rsid w:val="00977B84"/>
     <w:rsid w:val="009A4E6B"/>
     <w:rsid w:val="00AB3D41"/>
     <w:rsid w:val="00AC62A7"/>
     <w:rsid w:val="00AD1848"/>
     <w:rsid w:val="00B96073"/>
     <w:rsid w:val="00C125FF"/>
     <w:rsid w:val="00C15522"/>
     <w:rsid w:val="00C30F80"/>
     <w:rsid w:val="00C57AF4"/>
     <w:rsid w:val="00C57B48"/>
     <w:rsid w:val="00C96712"/>
+    <w:rsid w:val="00CE555E"/>
+    <w:rsid w:val="00CE55EA"/>
     <w:rsid w:val="00D14B6E"/>
     <w:rsid w:val="00D54406"/>
     <w:rsid w:val="00D55EB2"/>
     <w:rsid w:val="00D566D1"/>
     <w:rsid w:val="00D601E1"/>
     <w:rsid w:val="00D64687"/>
     <w:rsid w:val="00D648BE"/>
     <w:rsid w:val="00D649FB"/>
     <w:rsid w:val="00D6536D"/>
     <w:rsid w:val="00D74D76"/>
     <w:rsid w:val="00DD5D75"/>
+    <w:rsid w:val="00DE2CE3"/>
     <w:rsid w:val="00E06DE2"/>
     <w:rsid w:val="00E26A23"/>
     <w:rsid w:val="00E62655"/>
     <w:rsid w:val="00E95148"/>
     <w:rsid w:val="00EE6F61"/>
     <w:rsid w:val="00F02E74"/>
     <w:rsid w:val="00FB39FE"/>
     <w:rsid w:val="01594727"/>
     <w:rsid w:val="0226F732"/>
     <w:rsid w:val="0299CF9B"/>
     <w:rsid w:val="029C6026"/>
     <w:rsid w:val="034904E9"/>
     <w:rsid w:val="053F2DA0"/>
     <w:rsid w:val="0A7E6475"/>
     <w:rsid w:val="0E59DC04"/>
     <w:rsid w:val="0E9FF163"/>
     <w:rsid w:val="0FE28E27"/>
     <w:rsid w:val="11340FC9"/>
     <w:rsid w:val="138DC8C0"/>
     <w:rsid w:val="13B48758"/>
     <w:rsid w:val="13F9BD99"/>
     <w:rsid w:val="1412BBF2"/>
     <w:rsid w:val="145FD108"/>
     <w:rsid w:val="14A7E360"/>
     <w:rsid w:val="15EA2CED"/>
@@ -3356,54 +3493,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1136</Words>
-  <Characters>649</Characters>
+  <Words>235</Words>
+  <Characters>1601</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1782</CharactersWithSpaces>
+  <CharactersWithSpaces>1818</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marta Pujāte</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>