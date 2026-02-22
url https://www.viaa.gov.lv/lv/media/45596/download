--- v1 (2026-01-31)
+++ v2 (2026-02-22)
@@ -1072,50 +1072,126 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3035" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40C4A959" w14:textId="1489EAD1" w:rsidR="6EFE8996" w:rsidRDefault="00D649FB" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>18.04.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00C66F0F" w14:paraId="7B6DD443" w14:textId="77777777" w:rsidTr="005E4447">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3795" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A6D0C8E" w14:textId="480F4857" w:rsidR="00C66F0F" w:rsidRPr="7D34110B" w:rsidRDefault="00C66F0F" w:rsidP="00915A40">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atklātā ķīmijas olimpiāde</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2565" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64877555" w14:textId="7967232F" w:rsidR="00C66F0F" w:rsidRPr="7D34110B" w:rsidRDefault="00181CEC" w:rsidP="00915A40">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7D34110B">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>.–12. klašu izglītojamie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3035" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BAD1E3D" w14:textId="6E794722" w:rsidR="00C66F0F" w:rsidRDefault="00487FC7" w:rsidP="00915A40">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>21.02.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="7D34110B" w14:paraId="78327DBA" w14:textId="77777777" w:rsidTr="005E4447">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3795" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DA60489" w14:textId="5D7D605A" w:rsidR="383FCDB1" w:rsidRDefault="383FCDB1" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atklātā matemātikas olimpiāde</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1439,50 +1515,51 @@
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD1848">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">.2026. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="371185A9" w14:textId="48B579B0" w:rsidR="6A1E7AB3" w:rsidRDefault="007F6024" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1848">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>II kārta 28.0</w:t>
             </w:r>
             <w:r w:rsidR="0062715B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD1848">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="7BF03145" w14:paraId="5644FCF7" w14:textId="77777777" w:rsidTr="005E4447">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3795" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -2061,158 +2138,152 @@
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="242424"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="7BF03145" w:rsidSect="00AB3D41">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48DF148B" w14:textId="77777777" w:rsidR="00D55EB2" w:rsidRDefault="00D55EB2" w:rsidP="00D55EB2">
+    <w:p w14:paraId="3B9E9810" w14:textId="77777777" w:rsidR="00F64BC2" w:rsidRDefault="00F64BC2" w:rsidP="00D55EB2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50D56904" w14:textId="77777777" w:rsidR="00D55EB2" w:rsidRDefault="00D55EB2" w:rsidP="00D55EB2">
+    <w:p w14:paraId="026DA055" w14:textId="77777777" w:rsidR="00F64BC2" w:rsidRDefault="00F64BC2" w:rsidP="00D55EB2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09C9F9FE" w14:textId="77777777" w:rsidR="00D55EB2" w:rsidRDefault="00D55EB2" w:rsidP="00D55EB2">
+    <w:p w14:paraId="13DBF01B" w14:textId="77777777" w:rsidR="00F64BC2" w:rsidRDefault="00F64BC2" w:rsidP="00D55EB2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="316FA5F8" w14:textId="77777777" w:rsidR="00D55EB2" w:rsidRDefault="00D55EB2" w:rsidP="00D55EB2">
+    <w:p w14:paraId="73F67A3B" w14:textId="77777777" w:rsidR="00F64BC2" w:rsidRDefault="00F64BC2" w:rsidP="00D55EB2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3AEDBA6E" w14:textId="5AE95BB4" w:rsidR="00D55EB2" w:rsidRPr="00D55EB2" w:rsidRDefault="00D55EB2" w:rsidP="00D55EB2">
+  <w:p w14:paraId="3AEDBA6E" w14:textId="06B9E8BC" w:rsidR="00D55EB2" w:rsidRPr="00D55EB2" w:rsidRDefault="00D55EB2" w:rsidP="00D55EB2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="360"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t xml:space="preserve">Pēdējoreiz atjaunots </w:t>
     </w:r>
-    <w:r w:rsidR="00756AE8">
+    <w:r w:rsidR="005B6615">
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>26</w:t>
-[...5 lines deleted...]
-      <w:t>.01</w:t>
+      <w:t>03.02</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>.202</w:t>
     </w:r>
     <w:r w:rsidR="00CE555E">
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -2384,165 +2455,173 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="809831648">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2061440462">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F05B1"/>
     <w:rsid w:val="00011EBF"/>
     <w:rsid w:val="000140C3"/>
     <w:rsid w:val="000258D2"/>
     <w:rsid w:val="0004400C"/>
     <w:rsid w:val="000515BF"/>
     <w:rsid w:val="00085E9D"/>
     <w:rsid w:val="000B2E7A"/>
     <w:rsid w:val="000B3135"/>
     <w:rsid w:val="000B72CD"/>
     <w:rsid w:val="00130FCC"/>
+    <w:rsid w:val="00181CEC"/>
     <w:rsid w:val="001F448E"/>
     <w:rsid w:val="00287384"/>
     <w:rsid w:val="00290108"/>
     <w:rsid w:val="002B643C"/>
     <w:rsid w:val="002D7F6F"/>
     <w:rsid w:val="00300F7C"/>
     <w:rsid w:val="00333996"/>
     <w:rsid w:val="00333C76"/>
+    <w:rsid w:val="0038313E"/>
     <w:rsid w:val="003A091D"/>
     <w:rsid w:val="003D097D"/>
     <w:rsid w:val="00437161"/>
     <w:rsid w:val="004574DF"/>
     <w:rsid w:val="00475CAC"/>
     <w:rsid w:val="004846F0"/>
+    <w:rsid w:val="00487FC7"/>
     <w:rsid w:val="004A6136"/>
     <w:rsid w:val="00503C3D"/>
     <w:rsid w:val="0051A71D"/>
     <w:rsid w:val="00581DCD"/>
+    <w:rsid w:val="005B6615"/>
     <w:rsid w:val="005B6868"/>
     <w:rsid w:val="005C16E4"/>
     <w:rsid w:val="005E4447"/>
+    <w:rsid w:val="00621923"/>
     <w:rsid w:val="006263DA"/>
     <w:rsid w:val="00626AD8"/>
     <w:rsid w:val="0062715B"/>
     <w:rsid w:val="00674418"/>
     <w:rsid w:val="006A32E8"/>
     <w:rsid w:val="006B1DEA"/>
     <w:rsid w:val="006B20E2"/>
     <w:rsid w:val="00704B42"/>
     <w:rsid w:val="007205F0"/>
     <w:rsid w:val="007318E3"/>
     <w:rsid w:val="00756AE8"/>
     <w:rsid w:val="00763B33"/>
     <w:rsid w:val="00770BDC"/>
     <w:rsid w:val="00774579"/>
     <w:rsid w:val="00784762"/>
     <w:rsid w:val="007B33E9"/>
     <w:rsid w:val="007C62A8"/>
     <w:rsid w:val="007D679C"/>
     <w:rsid w:val="007E1CF7"/>
     <w:rsid w:val="007F6024"/>
     <w:rsid w:val="00841F23"/>
     <w:rsid w:val="00862E70"/>
     <w:rsid w:val="008850A4"/>
     <w:rsid w:val="008A1247"/>
     <w:rsid w:val="008D6BC8"/>
     <w:rsid w:val="008F05B1"/>
     <w:rsid w:val="00901E77"/>
     <w:rsid w:val="00915A40"/>
     <w:rsid w:val="00955355"/>
     <w:rsid w:val="00977B84"/>
     <w:rsid w:val="009A4E6B"/>
     <w:rsid w:val="00AB3D41"/>
     <w:rsid w:val="00AC62A7"/>
     <w:rsid w:val="00AD1848"/>
     <w:rsid w:val="00B96073"/>
     <w:rsid w:val="00C125FF"/>
     <w:rsid w:val="00C15522"/>
     <w:rsid w:val="00C30F80"/>
     <w:rsid w:val="00C57AF4"/>
     <w:rsid w:val="00C57B48"/>
+    <w:rsid w:val="00C66F0F"/>
     <w:rsid w:val="00C96712"/>
     <w:rsid w:val="00CE555E"/>
     <w:rsid w:val="00CE55EA"/>
     <w:rsid w:val="00D14B6E"/>
     <w:rsid w:val="00D54406"/>
     <w:rsid w:val="00D55EB2"/>
     <w:rsid w:val="00D566D1"/>
     <w:rsid w:val="00D601E1"/>
     <w:rsid w:val="00D64687"/>
     <w:rsid w:val="00D648BE"/>
     <w:rsid w:val="00D649FB"/>
     <w:rsid w:val="00D6536D"/>
     <w:rsid w:val="00D74D76"/>
     <w:rsid w:val="00DD5D75"/>
     <w:rsid w:val="00DE2CE3"/>
     <w:rsid w:val="00E06DE2"/>
     <w:rsid w:val="00E26A23"/>
     <w:rsid w:val="00E62655"/>
     <w:rsid w:val="00E95148"/>
     <w:rsid w:val="00EE6F61"/>
     <w:rsid w:val="00F02E74"/>
+    <w:rsid w:val="00F64BC2"/>
     <w:rsid w:val="00FB39FE"/>
     <w:rsid w:val="01594727"/>
     <w:rsid w:val="0226F732"/>
     <w:rsid w:val="0299CF9B"/>
     <w:rsid w:val="029C6026"/>
     <w:rsid w:val="034904E9"/>
     <w:rsid w:val="053F2DA0"/>
     <w:rsid w:val="0A7E6475"/>
     <w:rsid w:val="0E59DC04"/>
     <w:rsid w:val="0E9FF163"/>
     <w:rsid w:val="0FE28E27"/>
     <w:rsid w:val="11340FC9"/>
     <w:rsid w:val="138DC8C0"/>
     <w:rsid w:val="13B48758"/>
     <w:rsid w:val="13F9BD99"/>
     <w:rsid w:val="1412BBF2"/>
     <w:rsid w:val="145FD108"/>
     <w:rsid w:val="14A7E360"/>
     <w:rsid w:val="15EA2CED"/>
     <w:rsid w:val="168C3753"/>
     <w:rsid w:val="1736FEE6"/>
     <w:rsid w:val="1846E396"/>
     <w:rsid w:val="18A255A9"/>
     <w:rsid w:val="198660D6"/>
     <w:rsid w:val="19D51324"/>
@@ -3493,54 +3572,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>235</Words>
-  <Characters>1601</Characters>
+  <Words>241</Words>
+  <Characters>1660</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>79</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1818</CharactersWithSpaces>
+  <CharactersWithSpaces>1822</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marta Pujāte</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>