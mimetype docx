--- v2 (2026-02-22)
+++ v3 (2026-03-22)
@@ -1337,119 +1337,117 @@
             </w:pPr>
             <w:r w:rsidRPr="00AD1848">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">II kārta </w:t>
             </w:r>
             <w:r w:rsidR="004574DF">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>03.03.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E06DE2" w14:paraId="0447CBFE" w14:textId="77777777" w:rsidTr="005E4447">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3795" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC50279" w14:textId="3468B9B8" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> konkurss "Uzdrīksties! Domā! Radi!"</w:t>
+          <w:p w14:paraId="6DC50279" w14:textId="3468B9B8" w:rsidR="00E06DE2" w:rsidRPr="005014F5" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="EE0000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005014F5">
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="EE0000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atklātā olimpiāde – konkurss "Uzdrīksties! Domā! Radi!"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="327D179E" w14:textId="3D952195" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="327D179E" w14:textId="3D952195" w:rsidR="00E06DE2" w:rsidRPr="005014F5" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="EE0000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005014F5">
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="EE0000"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>4.–5. klases izglītojamie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3035" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CEE4D8C" w14:textId="681D6424" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
-[...12 lines deleted...]
-              <w:t>Tiks precizēts</w:t>
+          <w:p w14:paraId="0CEE4D8C" w14:textId="611B5514" w:rsidR="00E06DE2" w:rsidRPr="005014F5" w:rsidRDefault="005014F5" w:rsidP="00915A40">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="EE0000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005014F5">
+              <w:rPr>
+                <w:color w:val="EE0000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>NENOTIKS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="6A1E7AB3" w14:paraId="1443CB47" w14:textId="77777777" w:rsidTr="005E4447">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3795" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="262BA593" w14:textId="2671A7C2" w:rsidR="6A1E7AB3" w:rsidRDefault="6A1E7AB3" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6A1E7AB3">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -2099,191 +2097,206 @@
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30B70194" w14:textId="305CE1DC" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7D34110B">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>8. klašu izglītojamie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3035" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43C13531" w14:textId="6769EBB8" w:rsidR="00E06DE2" w:rsidRDefault="00E06DE2" w:rsidP="00915A40">
+          <w:p w14:paraId="43C13531" w14:textId="12EBF0EA" w:rsidR="00E06DE2" w:rsidRDefault="00E12047" w:rsidP="00915A40">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>01.04.2026.</w:t>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06DE2">
+              <w:t>.04.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A200AF2" w14:textId="7759CD17" w:rsidR="7BF03145" w:rsidRDefault="7BF03145" w:rsidP="7BF03145">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="242424"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="7BF03145" w:rsidSect="00AB3D41">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B9E9810" w14:textId="77777777" w:rsidR="00F64BC2" w:rsidRDefault="00F64BC2" w:rsidP="00D55EB2">
+    <w:p w14:paraId="0E6B80D7" w14:textId="77777777" w:rsidR="00734426" w:rsidRDefault="00734426" w:rsidP="00D55EB2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="026DA055" w14:textId="77777777" w:rsidR="00F64BC2" w:rsidRDefault="00F64BC2" w:rsidP="00D55EB2">
+    <w:p w14:paraId="5574A258" w14:textId="77777777" w:rsidR="00734426" w:rsidRDefault="00734426" w:rsidP="00D55EB2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13DBF01B" w14:textId="77777777" w:rsidR="00F64BC2" w:rsidRDefault="00F64BC2" w:rsidP="00D55EB2">
+    <w:p w14:paraId="191DFE0D" w14:textId="77777777" w:rsidR="00734426" w:rsidRDefault="00734426" w:rsidP="00D55EB2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73F67A3B" w14:textId="77777777" w:rsidR="00F64BC2" w:rsidRDefault="00F64BC2" w:rsidP="00D55EB2">
+    <w:p w14:paraId="7CE63DA2" w14:textId="77777777" w:rsidR="00734426" w:rsidRDefault="00734426" w:rsidP="00D55EB2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3AEDBA6E" w14:textId="06B9E8BC" w:rsidR="00D55EB2" w:rsidRPr="00D55EB2" w:rsidRDefault="00D55EB2" w:rsidP="00D55EB2">
+  <w:p w14:paraId="3AEDBA6E" w14:textId="443190C0" w:rsidR="00D55EB2" w:rsidRPr="00D55EB2" w:rsidRDefault="00D55EB2" w:rsidP="00D55EB2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="360"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t xml:space="preserve">Pēdējoreiz atjaunots </w:t>
     </w:r>
+    <w:r w:rsidR="00077C9F">
+      <w:rPr>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>06</w:t>
+    </w:r>
     <w:r w:rsidR="005B6615">
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>03.02</w:t>
+      <w:t>.0</w:t>
+    </w:r>
+    <w:r w:rsidR="00077C9F">
+      <w:rPr>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>.202</w:t>
     </w:r>
     <w:r w:rsidR="00CE555E">
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -2454,168 +2467,178 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="809831648">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2061440462">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="80"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F05B1"/>
     <w:rsid w:val="00011EBF"/>
     <w:rsid w:val="000140C3"/>
     <w:rsid w:val="000258D2"/>
     <w:rsid w:val="0004400C"/>
     <w:rsid w:val="000515BF"/>
+    <w:rsid w:val="00077C9F"/>
     <w:rsid w:val="00085E9D"/>
+    <w:rsid w:val="00091F04"/>
     <w:rsid w:val="000B2E7A"/>
     <w:rsid w:val="000B3135"/>
     <w:rsid w:val="000B72CD"/>
     <w:rsid w:val="00130FCC"/>
     <w:rsid w:val="00181CEC"/>
     <w:rsid w:val="001F448E"/>
     <w:rsid w:val="00287384"/>
     <w:rsid w:val="00290108"/>
     <w:rsid w:val="002B643C"/>
     <w:rsid w:val="002D7F6F"/>
     <w:rsid w:val="00300F7C"/>
     <w:rsid w:val="00333996"/>
     <w:rsid w:val="00333C76"/>
     <w:rsid w:val="0038313E"/>
     <w:rsid w:val="003A091D"/>
     <w:rsid w:val="003D097D"/>
     <w:rsid w:val="00437161"/>
     <w:rsid w:val="004574DF"/>
     <w:rsid w:val="00475CAC"/>
     <w:rsid w:val="004846F0"/>
     <w:rsid w:val="00487FC7"/>
     <w:rsid w:val="004A6136"/>
+    <w:rsid w:val="005014F5"/>
     <w:rsid w:val="00503C3D"/>
     <w:rsid w:val="0051A71D"/>
+    <w:rsid w:val="00542ED5"/>
     <w:rsid w:val="00581DCD"/>
     <w:rsid w:val="005B6615"/>
     <w:rsid w:val="005B6868"/>
     <w:rsid w:val="005C16E4"/>
     <w:rsid w:val="005E4447"/>
     <w:rsid w:val="00621923"/>
     <w:rsid w:val="006263DA"/>
     <w:rsid w:val="00626AD8"/>
     <w:rsid w:val="0062715B"/>
     <w:rsid w:val="00674418"/>
     <w:rsid w:val="006A32E8"/>
     <w:rsid w:val="006B1DEA"/>
     <w:rsid w:val="006B20E2"/>
     <w:rsid w:val="00704B42"/>
+    <w:rsid w:val="0072035B"/>
     <w:rsid w:val="007205F0"/>
     <w:rsid w:val="007318E3"/>
+    <w:rsid w:val="00734426"/>
     <w:rsid w:val="00756AE8"/>
     <w:rsid w:val="00763B33"/>
     <w:rsid w:val="00770BDC"/>
     <w:rsid w:val="00774579"/>
     <w:rsid w:val="00784762"/>
     <w:rsid w:val="007B33E9"/>
     <w:rsid w:val="007C62A8"/>
     <w:rsid w:val="007D679C"/>
     <w:rsid w:val="007E1CF7"/>
     <w:rsid w:val="007F6024"/>
     <w:rsid w:val="00841F23"/>
     <w:rsid w:val="00862E70"/>
     <w:rsid w:val="008850A4"/>
     <w:rsid w:val="008A1247"/>
     <w:rsid w:val="008D6BC8"/>
     <w:rsid w:val="008F05B1"/>
     <w:rsid w:val="00901E77"/>
     <w:rsid w:val="00915A40"/>
     <w:rsid w:val="00955355"/>
     <w:rsid w:val="00977B84"/>
+    <w:rsid w:val="009916FD"/>
     <w:rsid w:val="009A4E6B"/>
+    <w:rsid w:val="00A331A1"/>
     <w:rsid w:val="00AB3D41"/>
     <w:rsid w:val="00AC62A7"/>
     <w:rsid w:val="00AD1848"/>
+    <w:rsid w:val="00B648A2"/>
     <w:rsid w:val="00B96073"/>
     <w:rsid w:val="00C125FF"/>
     <w:rsid w:val="00C15522"/>
     <w:rsid w:val="00C30F80"/>
     <w:rsid w:val="00C57AF4"/>
     <w:rsid w:val="00C57B48"/>
     <w:rsid w:val="00C66F0F"/>
     <w:rsid w:val="00C96712"/>
     <w:rsid w:val="00CE555E"/>
     <w:rsid w:val="00CE55EA"/>
+    <w:rsid w:val="00CE71E6"/>
     <w:rsid w:val="00D14B6E"/>
     <w:rsid w:val="00D54406"/>
     <w:rsid w:val="00D55EB2"/>
     <w:rsid w:val="00D566D1"/>
     <w:rsid w:val="00D601E1"/>
     <w:rsid w:val="00D64687"/>
     <w:rsid w:val="00D648BE"/>
     <w:rsid w:val="00D649FB"/>
     <w:rsid w:val="00D6536D"/>
     <w:rsid w:val="00D74D76"/>
     <w:rsid w:val="00DD5D75"/>
     <w:rsid w:val="00DE2CE3"/>
     <w:rsid w:val="00E06DE2"/>
+    <w:rsid w:val="00E12047"/>
     <w:rsid w:val="00E26A23"/>
     <w:rsid w:val="00E62655"/>
     <w:rsid w:val="00E95148"/>
     <w:rsid w:val="00EE6F61"/>
     <w:rsid w:val="00F02E74"/>
     <w:rsid w:val="00F64BC2"/>
     <w:rsid w:val="00FB39FE"/>
     <w:rsid w:val="01594727"/>
     <w:rsid w:val="0226F732"/>
     <w:rsid w:val="0299CF9B"/>
     <w:rsid w:val="029C6026"/>
     <w:rsid w:val="034904E9"/>
     <w:rsid w:val="053F2DA0"/>
     <w:rsid w:val="0A7E6475"/>
     <w:rsid w:val="0E59DC04"/>
     <w:rsid w:val="0E9FF163"/>
     <w:rsid w:val="0FE28E27"/>
     <w:rsid w:val="11340FC9"/>
     <w:rsid w:val="138DC8C0"/>
     <w:rsid w:val="13B48758"/>
     <w:rsid w:val="13F9BD99"/>
     <w:rsid w:val="1412BBF2"/>
     <w:rsid w:val="145FD108"/>
     <w:rsid w:val="14A7E360"/>
     <w:rsid w:val="15EA2CED"/>
@@ -3572,54 +3595,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>241</Words>
-  <Characters>1660</Characters>
+  <Words>1207</Words>
+  <Characters>688</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>79</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1822</CharactersWithSpaces>
+  <CharactersWithSpaces>1892</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marta Pujāte</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>