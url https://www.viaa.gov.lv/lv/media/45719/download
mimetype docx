--- v0 (2025-10-08)
+++ v1 (2026-01-14)
@@ -42,104 +42,115 @@
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="00255478">
         <w:t xml:space="preserve">APSTIPRINĀTS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="526F8D41" w14:textId="2AEE919C" w:rsidR="00255478" w:rsidRPr="00255478" w:rsidRDefault="77F9BC41" w:rsidP="00255478">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5299" w:right="72" w:hanging="3859"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ar  Valsts izglītības </w:t>
       </w:r>
       <w:r w:rsidR="10CB0408">
         <w:t>attīstības aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="58FAF183">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7353F052" w14:textId="17497116" w:rsidR="00485BE5" w:rsidRPr="00485BE5" w:rsidRDefault="00255478" w:rsidP="00485BE5">
+    <w:p w14:paraId="741E0869" w14:textId="5678F248" w:rsidR="000318E9" w:rsidRPr="000318E9" w:rsidRDefault="00255478" w:rsidP="000318E9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5299" w:right="72" w:hanging="3859"/>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485BE5">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="6E5F67DB" w:rsidRPr="00485BE5">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00485BE5">
         <w:t xml:space="preserve">. gada </w:t>
       </w:r>
-      <w:r w:rsidR="00485BE5" w:rsidRPr="00485BE5">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="000318E9">
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="002A17EE">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0029278D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A17EE">
+        <w:t>decembra</w:t>
       </w:r>
       <w:r w:rsidR="74902359" w:rsidRPr="00485BE5">
-        <w:t xml:space="preserve">oktobra </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00485BE5">
         <w:t>rīkojumu Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="00485BE5">
+      <w:r w:rsidR="000318E9">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="212529"/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00485BE5" w:rsidRPr="00485BE5">
-[...9 lines deleted...]
-    <w:p w14:paraId="1C8AE62F" w14:textId="76376CCD" w:rsidR="00255478" w:rsidRPr="00255478" w:rsidRDefault="00255478" w:rsidP="00255478">
+      <w:r w:rsidR="000318E9" w:rsidRPr="000318E9">
+        <w:t>7.-1.1.3/25/97</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7353F052" w14:textId="3F35A2EC" w:rsidR="00485BE5" w:rsidRPr="00485BE5" w:rsidRDefault="00485BE5" w:rsidP="00485BE5">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5299" w:right="72" w:hanging="3859"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="1C8AE62F" w14:textId="76376CCD" w:rsidR="00255478" w:rsidRPr="00255478" w:rsidRDefault="00255478" w:rsidP="00255478">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="5299" w:right="72" w:hanging="3859"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="3A3B40D7" w14:textId="77777777" w:rsidR="00255478" w:rsidRPr="00FE4D1D" w:rsidRDefault="00255478" w:rsidP="00351089">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CDFC96F" w14:textId="77777777" w:rsidR="00B743DE" w:rsidRDefault="009F1B21" w:rsidP="009F1B21">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4D1D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
         </w:rPr>
         <w:t xml:space="preserve">Latvijas skolēnu </w:t>
       </w:r>
       <w:r w:rsidR="005C7AF6">
@@ -190,344 +201,326 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F1B21" w:rsidRPr="2C24150F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
         </w:rPr>
         <w:t>nolikums</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E36A142" w14:textId="41004916" w:rsidR="009F1B21" w:rsidRPr="00FE4D1D" w:rsidRDefault="009F1B21" w:rsidP="009F1B21">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3315"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4149DA0B" w14:textId="2D611BD3" w:rsidR="00F57639" w:rsidRPr="00ED6F2D" w:rsidRDefault="2E12AEFB" w:rsidP="78385D6A">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED6F2D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="179168FF" w:rsidRPr="00ED6F2D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6F2D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="3961838A" w:rsidRPr="00ED6F2D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vispārīgie jautājumi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E5A491A" w14:textId="41C29C39" w:rsidR="00351089" w:rsidRPr="0016604C" w:rsidRDefault="6BC4E863" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Nolikums nosaka kārtību, kādā tiek organizēta Latvijas</w:t>
       </w:r>
       <w:r w:rsidR="156FACD2" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>skolēnu 50. zinātniskās pētniecības darbu konference (turpmāk – konference), kurā tiek prezentēti Latvijas vispārējās un profesionālās izglītības iestāžu (turpmāk – izglītības iestādes) iesniegtie izglītojamo (turpmāk – skolēni) zinātniskās pētniecības darbi (turpmāk – darbi).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12A3C5C6" w14:textId="30C3290E" w:rsidR="00351089" w:rsidRPr="0016604C" w:rsidRDefault="420ECC4C" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Konferences mērķis ir veicināt skolēnu individuālo kompetenču un talantu attīstību, padziļināt viņu zināšanas dažādās zinātnes nozarēs, iepazīstināt ar mūsdienu aktuālo pētniecības tematiku un metodēm, kā arī attīstīt skolēnu prasmes patstāvīgā pētniecības darba izstrādē.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE1158A" w14:textId="762130FB" w:rsidR="00351089" w:rsidRPr="0016604C" w:rsidRDefault="54C4EAF7" w:rsidP="0016604C">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="2AE1158A" w14:textId="1EDE4BD3" w:rsidR="00351089" w:rsidRPr="00C600B4" w:rsidRDefault="54C4EAF7" w:rsidP="0016604C">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="0016604C">
-[...2 lines deleted...]
-      <w:r w:rsidR="00ED6F2D" w:rsidRPr="0016604C">
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>Konferences organizatoriskie procesi,</w:t>
+      </w:r>
+      <w:r w:rsidR="005105C3" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> darbu iesniegšana,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> darbu recenzēšana, apbalvojumu piešķiršana</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6F2D" w:rsidRPr="00C600B4">
         <w:t>, rezultātu paziņošana</w:t>
       </w:r>
-      <w:r w:rsidRPr="0016604C">
-[...18 lines deleted...]
-        <w:r w:rsidR="167B32F4" w:rsidRPr="0016604C">
+      <w:r w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> tiek nodrošināta </w:t>
+      </w:r>
+      <w:r w:rsidR="005105C3" w:rsidRPr="00C600B4">
+        <w:t>e-izglītības platformā</w:t>
+      </w:r>
+      <w:r w:rsidR="003C2C6F" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="003C2C6F" w:rsidRPr="00C600B4">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:color w:val="auto"/>
           </w:rPr>
-          <w:t>Lietotāju atbalsta dienesta tīmekļa vietnē</w:t>
+          <w:t>https://edu.lu.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="167B32F4" w:rsidRPr="0016604C">
-[...28 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidR="003C2C6F" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>(turpmāk</w:t>
+      </w:r>
+      <w:r w:rsidR="002A17EE" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">  – e</w:t>
+      </w:r>
+      <w:r w:rsidR="00542658" w:rsidRPr="00C600B4">
+        <w:t>-izglītības platform</w:t>
+      </w:r>
+      <w:r w:rsidR="009F26C8" w:rsidRPr="00C600B4">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="439582CC" w14:textId="77777777" w:rsidR="001C258B" w:rsidRDefault="30F6D4C2" w:rsidP="00D5284A">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Darbu</w:t>
       </w:r>
       <w:r w:rsidR="670C1600" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> izstrādā viens vai divi skolēni sadarbībā ar sava darba vadītāju (izglītības iestādes skolotāju un, ja iespējams, ar konsultantu no augstākās izglītības iestādes).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AE97C52" w14:textId="002C6E71" w:rsidR="00846BFC" w:rsidRPr="0016604C" w:rsidRDefault="0CDA1AAD" w:rsidP="00D5284A">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve">Viens skolēns var </w:t>
       </w:r>
       <w:r w:rsidR="26EB135D" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">iesniegt </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve">tikai vienu </w:t>
       </w:r>
       <w:r w:rsidR="2144EE1D" w:rsidRPr="0016604C">
         <w:t>darbu</w:t>
       </w:r>
       <w:r w:rsidR="1E0ADF93" w:rsidRPr="0016604C">
         <w:t>, kas</w:t>
       </w:r>
       <w:r w:rsidR="6E7DD806" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> izstrādāts</w:t>
       </w:r>
       <w:r w:rsidR="30D683F2" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> individuāli vai grupā līdz diviem skolēniem</w:t>
       </w:r>
       <w:r w:rsidR="4002C1F0" w:rsidRPr="0016604C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6488957D" w14:textId="67EE4076" w:rsidR="00351089" w:rsidRPr="0016604C" w:rsidRDefault="6A2F0BC0" w:rsidP="0016604C">
+    <w:p w14:paraId="6488957D" w14:textId="6D3B6AFB" w:rsidR="00351089" w:rsidRPr="00C600B4" w:rsidRDefault="6A2F0BC0" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="0016604C">
+      <w:r w:rsidRPr="00C600B4">
         <w:t xml:space="preserve">Dalībai konferencē izglītības iestādes izvirza 9. – 12. klašu skolēnu vai 1. – 4. kursa </w:t>
       </w:r>
-      <w:r w:rsidR="00AC1F28">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AC1F28" w:rsidRPr="0016604C">
+      <w:r w:rsidR="00AC1F28" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">audzēkņu  </w:t>
+      </w:r>
+      <w:r w:rsidR="4FCB235D" w:rsidRPr="00C600B4">
+        <w:t>darbus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>, k</w:t>
+      </w:r>
+      <w:r w:rsidR="78B943C3" w:rsidRPr="00C600B4">
+        <w:t>ur</w:t>
+      </w:r>
+      <w:r w:rsidR="426CBC2E" w:rsidRPr="00C600B4">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="78B943C3" w:rsidRPr="00C600B4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="4FCB235D" w:rsidRPr="0016604C">
-[...8 lines deleted...]
-      <w:r w:rsidR="426CBC2E" w:rsidRPr="0016604C">
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>izstrādāt</w:t>
+      </w:r>
+      <w:r w:rsidR="7DE49170" w:rsidRPr="00C600B4">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="78B943C3" w:rsidRPr="0016604C">
+      <w:r w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> kādā no zinātnes nozaru grupām, kas minētas šī nolikuma </w:t>
+      </w:r>
+      <w:r w:rsidR="00873FF6" w:rsidRPr="00C600B4">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003668A9" w:rsidRPr="00C600B4">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">. punktā. </w:t>
+      </w:r>
+      <w:r w:rsidR="11FF4CDA" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">Izņēmuma gadījumā ar izglītības iestādes sniegtu pamatojumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">dalībai </w:t>
+      </w:r>
+      <w:r w:rsidR="26C5DFA3" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">konferencē </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>var tikt izvirzīti arī 7.</w:t>
+      </w:r>
+      <w:r w:rsidR="5E695974" w:rsidRPr="00C600B4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0016604C">
-[...26 lines deleted...]
-      <w:r w:rsidR="5E695974" w:rsidRPr="0016604C">
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="09FC91DA" w:rsidRPr="00C600B4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0016604C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0016604C">
+      <w:r w:rsidRPr="00C600B4">
         <w:t xml:space="preserve">8. klašu skolēnu </w:t>
       </w:r>
-      <w:r w:rsidR="113DA8C8" w:rsidRPr="0016604C">
+      <w:r w:rsidR="113DA8C8" w:rsidRPr="00C600B4">
         <w:t>darbi</w:t>
       </w:r>
-      <w:r w:rsidRPr="0016604C">
-[...6 lines deleted...]
-      <w:r w:rsidR="38FFFA5A" w:rsidRPr="0016604C">
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>, ja to kvalitāte un saturs atbilst “Vadlīnij</w:t>
+      </w:r>
+      <w:r w:rsidR="38FFFA5A" w:rsidRPr="00C600B4">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0016604C">
+      <w:r w:rsidRPr="00C600B4">
         <w:t>s skolēnu zinātniskās pētniecības darbu izstrādei un vērtēšanai” (turpmāk – Vadlīnijas) noteiktajiem kritērijiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B16F641" w14:textId="2472875D" w:rsidR="00351089" w:rsidRPr="0016604C" w:rsidRDefault="44A78B74" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
+        <w:lastRenderedPageBreak/>
         <w:t>Saziņu starp izglītības iestādi vai darba autoru, reģionālās konferences organizatoru un aģentūru nodrošina izglītības iestādes atbildīgā persona.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78599E95" w14:textId="724EF029" w:rsidR="00351089" w:rsidRPr="0016604C" w:rsidRDefault="00B806C6" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="4AFC1985" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">Aģentūras atbildīgā persona ir Pedagogu profesionālā atbalsta departamenta Izglītojamo izcilības veicināšanas nodaļas vecākā eksperte talantu jautājumos Rūta Reine (e–pasts: </w:t>
       </w:r>
       <w:r w:rsidR="4AFC1985" w:rsidRPr="0016604C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
@@ -540,87 +533,95 @@
         <w:ind w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78C623E3" w14:textId="61930EBA" w:rsidR="65B60F2D" w:rsidRPr="0016604C" w:rsidRDefault="65B60F2D" w:rsidP="0016604C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3315"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>II. ZPD izstrāde</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2910EDBA" w14:textId="391AD900" w:rsidR="65B60F2D" w:rsidRPr="0016604C" w:rsidRDefault="65B60F2D" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3315"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve">Darbu izstrādā atbilstoši Vadlīnijām, kas publicētas tīmekļa vietnē </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="0016604C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
           </w:rPr>
           <w:t>www.viaa.gov.lv.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BF15815" w14:textId="79A9274D" w:rsidR="65B60F2D" w:rsidRPr="0016604C" w:rsidRDefault="65B60F2D" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3315"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">Darbu izstrāde un konferences norise tiek organizēta atbilstoši Ministru kabineta 2022. gada 27. septembra noteikumiem Nr. 595 “Noteikumi par Latvijas zinātnes nozaru grupām, zinātnes nozarēm un apakšnozarēm” šādās zinātnes nozaru grupās: </w:t>
+        <w:t xml:space="preserve">Darbu izstrāde un konferences norise tiek organizēta atbilstoši Ministru kabineta 2022. gada 27. septembra noteikumiem Nr. 595 “Noteikumi par Latvijas zinātnes nozaru grupām, zinātnes nozarēm un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016604C">
+        <w:t>apakšnozarēm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">” šādās zinātnes nozaru grupās: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ACF20D7" w14:textId="59755B28" w:rsidR="65B60F2D" w:rsidRPr="0016604C" w:rsidRDefault="00ED6F2D" w:rsidP="001C258B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="65B60F2D" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">abaszinātnes; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23AADC4A" w14:textId="07DD6512" w:rsidR="65B60F2D" w:rsidRPr="0016604C" w:rsidRDefault="00ED6F2D" w:rsidP="001C258B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -774,1028 +775,952 @@
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve">darbu izstrādā un aizstāv attiecīgajā darba valodā. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="412BEB84" w14:textId="418B1509" w:rsidR="65B60F2D" w:rsidRPr="0016604C" w:rsidRDefault="65B60F2D" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Izglītības iestāde norīko atbildīgo personu, kas koordinē darba izstrādes procesu un nodrošina nepieciešamo materiāltehnisko bāzi atbilstoši iestādes rīcībā esošajiem resursiem. Darbu izstrāde notiek izglītības iestādē ciešā sadarbībā ar darba vadītāju. Ja nepieciešams, darbu var izstrādāt zinātnisko institūciju laboratorijās vai ražošanas uzņēmumos, piesaistot attiecīgo speciālistu uzraudzībai un konsultācijām. Darbu raksturo patstāvīga zinātniska rakstura pētījuma veikšana izvēlētajā zinātnes nozarē.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C826768" w14:textId="6B8582DC" w:rsidR="5EFA4650" w:rsidRDefault="5EFA4650" w:rsidP="0016604C">
+    <w:p w14:paraId="5CECB8FF" w14:textId="77777777" w:rsidR="001C258B" w:rsidRPr="0016604C" w:rsidRDefault="001C258B" w:rsidP="004A604A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...11 lines deleted...]
-        <w:ind w:right="0"/>
+        <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48D06974" w14:textId="0F976345" w:rsidR="272CBC9F" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="0016604C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>III. Konferences organizēšana</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B250A65" w14:textId="77777777" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3315"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Konferenci organizē trīs posmos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="019E3999" w14:textId="77777777" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="001C258B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1. posms: </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>konkurss izglītības iestādē/pašvaldībā – līdz 2026.</w:t>
       </w:r>
       <w:r w:rsidR="32C0D846" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>gada 23.</w:t>
       </w:r>
       <w:r w:rsidR="01BCCDC9" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>janvārim;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EA819A8" w14:textId="62CA2FF2" w:rsidR="272CBC9F" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="001C258B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2. posms:</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> reģionālā konference:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C639A2" w14:textId="110930F3" w:rsidR="272CBC9F" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1. kārta</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> – darbu recenzēšana – no 2026. gada 24. janvāra līdz 20. februārim; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65BC51BC" w14:textId="0BDFAA3B" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2. kārta – </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>darbu</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>mutvārdu prezentācija – 2026. gada  6. martā</w:t>
       </w:r>
       <w:r w:rsidR="00ED6F2D" w:rsidRPr="0016604C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="247F43F7" w14:textId="22E60B94" w:rsidR="272CBC9F" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="001C258B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">3. posms: </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve">valsts konference – 2026. gada 17. aprīlī.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="154C2C0E" w14:textId="7385815B" w:rsidR="272CBC9F" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Konferences organizatori:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E9481B" w14:textId="452692A9" w:rsidR="272CBC9F" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="001C258B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1. posms </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> konkurss izglītības iestādē/pašvaldībā. </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve">Posmu organizē izglītības iestāde, pašvaldības atbildīgās personas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="046106CA" w14:textId="22613337" w:rsidR="272CBC9F" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="001C258B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2. posms </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> reģionālā konference</w:t>
       </w:r>
       <w:r w:rsidR="00C05825" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60120CCE" w14:textId="102C1980" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="00C05825" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="272CBC9F" w:rsidRPr="0016604C">
         <w:t>osmu organizē atsevišķi šādos reģionos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B368B75" w14:textId="77777777" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Rīga un Rīgas reģions;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="570CB71A" w14:textId="77777777" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Kurzemes reģions;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29CAD9DE" w14:textId="77777777" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Latgales reģions;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="494A77C8" w14:textId="77777777" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Zemgales reģions;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20CFD742" w14:textId="1CF63BD1" w:rsidR="272CBC9F" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Vidzemes reģions</w:t>
       </w:r>
       <w:r w:rsidR="00C05825" w:rsidRPr="0016604C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62146852" w14:textId="1CBA589D" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="00C05825" w:rsidP="0016604C">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="62146852" w14:textId="35EE93B6" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="00C05825" w:rsidP="0016604C">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="272CBC9F" w:rsidRPr="0016604C">
-        <w:t>osmu katrā no nolikuma 1</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="272CBC9F" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">osmu katrā no nolikuma </w:t>
+      </w:r>
+      <w:r w:rsidR="272CBC9F" w:rsidRPr="00C600B4">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003668A9" w:rsidRPr="00C600B4">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="272CBC9F" w:rsidRPr="00C600B4">
         <w:t>.2.1.</w:t>
       </w:r>
       <w:r w:rsidR="00B806C6" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> apakš</w:t>
       </w:r>
       <w:r w:rsidR="272CBC9F" w:rsidRPr="0016604C">
         <w:t>punktā minētajiem reģioniem organizē Izglītības iestāžu reģistrā reģistrēta augstākā izglītības iestāde vai šādu iestāžu apvienība (grupa), ar kuru aģentūra ir noslēgusi līgumu par</w:t>
       </w:r>
       <w:r w:rsidR="272CBC9F" w:rsidRPr="0016604C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t xml:space="preserve"> reģionālās konferences organizēšanu un</w:t>
       </w:r>
       <w:r w:rsidR="272CBC9F" w:rsidRPr="0016604C">
         <w:t>, kas atbilst šādiem kritērijiem:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5425CDE3" w14:textId="77777777" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> augstākā izglītības iestāde atbilst Augstskolu likuma 3</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>., 3</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>. vai 3</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>.pantā noteiktajam augstskolu tipam;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="289F0359" w14:textId="69574603" w:rsidR="272CBC9F" w:rsidRPr="0016604C" w:rsidRDefault="272CBC9F" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve">augstākajai izglītības iestādei </w:t>
       </w:r>
       <w:r w:rsidR="6D1EAD6D" w:rsidRPr="0016604C">
         <w:t>iepriekšējo</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> 5</w:t>
       </w:r>
       <w:r w:rsidR="4421FAD7" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve">gadu laikā ir pieredze vismaz 3 </w:t>
       </w:r>
       <w:r w:rsidR="3853BD86" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>reģionālo konferenču organizēšanā;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E1977DC" w14:textId="0F79F467" w:rsidR="272CBC9F" w:rsidRPr="0016604C" w:rsidRDefault="00C05825" w:rsidP="001C258B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="272CBC9F" w:rsidRPr="0016604C">
         <w:t>onferences organizatora izvēlei iespēju robežās tiek piemērots teritoriālais princips</w:t>
       </w:r>
       <w:r w:rsidR="015202FC" w:rsidRPr="0016604C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FCBB41F" w14:textId="5E3726DB" w:rsidR="00ED6F2D" w:rsidRPr="001C258B" w:rsidRDefault="272CBC9F" w:rsidP="001C258B">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="6A0BA55B" w14:textId="13DB6654" w:rsidR="001C258B" w:rsidRPr="004A604A" w:rsidRDefault="272CBC9F" w:rsidP="004A604A">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">3. posms </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> valsts konference. </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>Posmu</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
-        <w:t>organizē aģentūra sadarbībā ar nolikuma 1</w:t>
-[...9 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">organizē aģentūra sadarbībā ar nolikuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003668A9" w:rsidRPr="00C600B4">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>.2.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> apakšpunktā noteiktajām augstākajām izglītības iestādēm. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215B9C95" w14:textId="77777777" w:rsidR="004A604A" w:rsidRPr="004A604A" w:rsidRDefault="004A604A" w:rsidP="004A604A">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:ind w:left="792"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="728BCB57" w14:textId="77777777" w:rsidR="001C258B" w:rsidRDefault="001C258B" w:rsidP="001C258B">
-[...21 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="2512D18E" w14:textId="510F8D75" w:rsidR="00A65C72" w:rsidRPr="00722BF1" w:rsidRDefault="0824E3DA" w:rsidP="0016604C">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="792" w:right="0" w:hanging="792"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7199">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="06E5E7CF" w:rsidRPr="0016604C">
+      <w:r w:rsidR="06E5E7CF" w:rsidRPr="005C7199">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="39EBCA16" w:rsidRPr="0016604C">
+      <w:r w:rsidR="39EBCA16" w:rsidRPr="005C7199">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0016604C">
+      <w:r w:rsidRPr="005C7199">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="52889982" w:rsidRPr="0016604C">
-[...7 lines deleted...]
-    <w:p w14:paraId="52895B0F" w14:textId="77777777" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="0219FF03" w:rsidP="0016604C">
+      <w:r w:rsidR="52889982" w:rsidRPr="005C7199">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Konferences atbildīgo personu noteikšana</w:t>
+      </w:r>
+      <w:r w:rsidR="52889982" w:rsidRPr="00722BF1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:strike/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDA28E5" w14:textId="77777777" w:rsidR="003668A9" w:rsidRDefault="0219FF03" w:rsidP="003668A9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7199">
         <w:t>K</w:t>
       </w:r>
-      <w:r w:rsidR="0824E3DA" w:rsidRPr="0016604C">
-[...9 lines deleted...]
-    <w:p w14:paraId="06BFAE3A" w14:textId="221CB6B8" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="4DEC30B5" w:rsidP="0016604C">
+      <w:r w:rsidR="0824E3DA" w:rsidRPr="005C7199">
+        <w:t>onferences atbildīgo personu noteikšana</w:t>
+      </w:r>
+      <w:r w:rsidR="005C7199">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C7199" w:rsidRPr="00C600B4">
+        <w:t>e-izglītības platform</w:t>
+      </w:r>
+      <w:r w:rsidR="002A17EE" w:rsidRPr="00C600B4">
+        <w:t>ā:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BFAE3A" w14:textId="239B4E6C" w:rsidR="00ED6F2D" w:rsidRDefault="00957C56" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="0016604C">
-[...33 lines deleted...]
-        <w:t xml:space="preserve">. oktobrim, nosūtot to uz e-pasta adresi: </w:t>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>pašvaldība iesniedz informācij</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2FAB">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> aģentūrai par konferenc</w:t>
+      </w:r>
+      <w:r w:rsidR="000931A7" w:rsidRPr="00C600B4">
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> atbildīgo personu pašvaldībā, nosūtot to uz e-pasta adresi: </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
-        <w:r w:rsidR="00ED6F2D" w:rsidRPr="0016604C">
+        <w:r w:rsidRPr="00C600B4">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>zpd@viaa.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00ED6F2D" w:rsidRPr="0016604C">
+      <w:r w:rsidRPr="00C600B4">
         <w:t>;</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="17D1DA1C" w14:textId="00EE185D" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="6583EEE7" w:rsidP="0016604C">
+      <w:r w:rsidR="000931A7" w:rsidRPr="00C600B4">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00530A60" w14:textId="77777777" w:rsidR="00573C59" w:rsidRPr="00671EA0" w:rsidRDefault="00573C59" w:rsidP="00573C59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-      </w:pPr>
-[...32 lines deleted...]
-        </w:rPr>
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C600B4">
+        <w:lastRenderedPageBreak/>
+        <w:t>izglītības iestādes vadītāj</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="59B23BF5" w:rsidRPr="0016604C">
-[...44 lines deleted...]
-    <w:p w14:paraId="4E8335A5" w14:textId="0C2AF0BD" w:rsidR="00ED6F2D" w:rsidRPr="0016604C" w:rsidRDefault="0824E3DA" w:rsidP="0016604C">
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>esniedz informācij</w:t>
+      </w:r>
+      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> pašvaldībai par konferences atbildīgo personu izglītības iestādē;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0642FD3F" w14:textId="6891CF38" w:rsidR="000931A7" w:rsidRPr="00C600B4" w:rsidRDefault="00573C59" w:rsidP="00573C59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="0016604C">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="0016604C">
+      <w:r>
+        <w:t xml:space="preserve">konferences atbildīgā </w:t>
+      </w:r>
+      <w:r w:rsidR="000931A7" w:rsidRPr="00C600B4">
+        <w:t>persona</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pašvaldībā</w:t>
+      </w:r>
+      <w:r w:rsidR="000931A7" w:rsidRPr="00C600B4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="63E41989" w:rsidRPr="0016604C">
-[...38 lines deleted...]
-    <w:p w14:paraId="7ABB08C5" w14:textId="1B932AD1" w:rsidR="00DC47A1" w:rsidRPr="0016604C" w:rsidRDefault="00C05825" w:rsidP="0016604C">
+      <w:r w:rsidR="00671EA0">
+        <w:t>ievada</w:t>
+      </w:r>
+      <w:r w:rsidR="000931A7" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> e-izglītības platformā izglītības iestāžu atbildīgās personas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AADBF9C" w14:textId="7A277E1B" w:rsidR="00671EA0" w:rsidRPr="00671EA0" w:rsidRDefault="00573C59" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="0016604C">
-[...59 lines deleted...]
-      <w:r w:rsidR="003713CD" w:rsidRPr="0016604C">
+      <w:r>
+        <w:t xml:space="preserve">konferences atbildīgā persona </w:t>
+      </w:r>
+      <w:r w:rsidR="00671EA0" w:rsidRPr="00671EA0">
+        <w:t>izglītības iestād</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ē </w:t>
+      </w:r>
+      <w:r w:rsidR="00671EA0">
+        <w:t xml:space="preserve">ievada </w:t>
+      </w:r>
+      <w:r w:rsidR="00671EA0" w:rsidRPr="00C600B4">
+        <w:t>e-izglītības platformā</w:t>
+      </w:r>
+      <w:r w:rsidR="00671EA0">
+        <w:t xml:space="preserve"> skolēn</w:t>
+      </w:r>
+      <w:r w:rsidR="00687295">
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidR="00671EA0">
+        <w:t xml:space="preserve"> un darba vadītāj</w:t>
+      </w:r>
+      <w:r w:rsidR="00687295">
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidR="00671EA0">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41C82B5B" w14:textId="4546B15F" w:rsidR="00351089" w:rsidRPr="0016604C" w:rsidRDefault="00C05825" w:rsidP="0016604C">
-      <w:pPr>
+    <w:p w14:paraId="5FD0C560" w14:textId="77777777" w:rsidR="003E1051" w:rsidRDefault="000931A7" w:rsidP="00671EA0">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t>p</w:t>
-[...27 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">izglītības iestādes atbildīgā persona </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:t>ir atbildīga</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1051">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="513D2425" w14:textId="62AE9D2D" w:rsidR="0035494F" w:rsidRPr="00C600B4" w:rsidRDefault="0035494F" w:rsidP="003E1051">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="360" w:right="0"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>par nepieciešamās informācijas norādīšanu, skolēna darba PDF formāta faila augšupielādi e-izglītības platformā, kā arī par augšupielādētā darba autora vārda un uzvārda, darba atbilstības ievadītajai informācijai pārbaudi un atbilstošās zinātnes nozares grupas norādīšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B92CE4" w14:textId="2C89918A" w:rsidR="000931A7" w:rsidRPr="0016604C" w:rsidRDefault="000931A7" w:rsidP="000931A7">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> par izvirzītā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:t>darba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>iesniegšanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> reģionālajai konferencei e-izglītības platformā </w:t>
+      </w:r>
+      <w:r w:rsidR="0093167A">
+        <w:t xml:space="preserve">atbilstoši </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0035494F" w:rsidRPr="00C600B4">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>.3. punktā noteiktajam termiņam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74FC095B" w14:textId="4B5181AD" w:rsidR="000931A7" w:rsidRDefault="000931A7" w:rsidP="000931A7">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> par informācijas uzraudzību saistībā ar darba vērtēšanu un virzību </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">e-izglītības platformā. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5651D8" w14:textId="5D34BC8F" w:rsidR="4A76AAE6" w:rsidRPr="0016604C" w:rsidRDefault="4A76AAE6" w:rsidP="002A17EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5725D677" w14:textId="01049CEB" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="23C44AFC" w:rsidP="0016604C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="1AC54DEB" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Konferences posmu norise</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="182A00FB" w14:textId="77777777" w:rsidR="00DC47A1" w:rsidRPr="0016604C" w:rsidRDefault="3236D280" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C258B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="001C258B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -1852,53 +1777,53 @@
         </w:rPr>
         <w:t>23.</w:t>
       </w:r>
       <w:r w:rsidR="36AF6C31" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="48652204" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>janvārim</w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63B653DA" w14:textId="0785045A" w:rsidR="00DC47A1" w:rsidRPr="0016604C" w:rsidRDefault="00DC47A1" w:rsidP="0016604C">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="63B653DA" w14:textId="5FB55DD9" w:rsidR="00DC47A1" w:rsidRPr="0016604C" w:rsidRDefault="00DC47A1" w:rsidP="0016604C">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
         <w:t>osma organizatori</w:t>
       </w:r>
       <w:r w:rsidR="04F406F8" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0317ED06" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">izvirza </w:t>
       </w:r>
       <w:r w:rsidR="04F406F8" w:rsidRPr="0016604C">
         <w:t>uz reģionālo konferenci</w:t>
@@ -1913,385 +1838,173 @@
         </w:rPr>
         <w:t>labākos</w:t>
       </w:r>
       <w:r w:rsidR="5D89EB53" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> darbus</w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> atbilstoši </w:t>
       </w:r>
       <w:r w:rsidR="288C6F9C" w:rsidRPr="0016604C">
         <w:t>š</w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
         <w:t>ī nolikuma</w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0016604C">
-        <w:t>12.</w:t>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003668A9" w:rsidRPr="00C600B4">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
-        <w:t xml:space="preserve"> punktā minētajām zinātnes nozaru grupām</w:t>
+        <w:t>punktā minētajām zinātnes nozaru grupām</w:t>
       </w:r>
       <w:r w:rsidR="1154F243" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:r w:rsidR="785F3373" w:rsidRPr="0016604C">
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="1154F243" w:rsidRPr="0016604C">
         <w:t>adlīnijās noteiktajiem</w:t>
       </w:r>
       <w:r w:rsidR="6E4A876A" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> vērtēšanas kritērijiem</w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22828B07" w14:textId="26AF9E18" w:rsidR="00DC47A1" w:rsidRPr="0016604C" w:rsidRDefault="00DC47A1" w:rsidP="0016604C">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="22828B07" w14:textId="26AF9E18" w:rsidR="00DC47A1" w:rsidRPr="00C600B4" w:rsidRDefault="00DC47A1" w:rsidP="0016604C">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="2D0A1A96" w:rsidRPr="0016604C">
-        <w:t>arbi, kuri neatbilst Vadlīnijām un/vai kuros tiek konstatētas plaģiātisma vai pašplaģiātisma pazīmes, netiek izvirzīti uz reģionālo konferenci</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">arbi, kuri neatbilst Vadlīnijām un/vai kuros tiek konstatētas plaģiātisma vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="2D0A1A96" w:rsidRPr="00C600B4">
+        <w:t>pašplaģiātisma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="2D0A1A96" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> pazīmes, netiek izvirzīti uz reģionālo konferenci</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C600B4">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1B4D61" w14:textId="43A02904" w:rsidR="00DC47A1" w:rsidRPr="0016604C" w:rsidRDefault="00DC47A1" w:rsidP="0016604C">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="3C1B4D61" w14:textId="16C14235" w:rsidR="00DC47A1" w:rsidRPr="00C600B4" w:rsidRDefault="00DC47A1" w:rsidP="0016604C">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="0016604C">
+      <w:r w:rsidRPr="00C600B4">
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="48248754" w:rsidRPr="0016604C">
+      <w:r w:rsidR="48248754" w:rsidRPr="00C600B4">
         <w:t>arba iesniegšana reģionālajai konferencei</w:t>
       </w:r>
-      <w:r w:rsidR="34AB2638" w:rsidRPr="0016604C">
+      <w:r w:rsidR="34AB2638" w:rsidRPr="00C600B4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="2EF7D596" w:rsidRPr="0016604C">
+      <w:r w:rsidR="2EF7D596" w:rsidRPr="00C600B4">
         <w:t>notiek</w:t>
       </w:r>
-      <w:r w:rsidR="633ECD14" w:rsidRPr="0016604C">
+      <w:r w:rsidR="633ECD14" w:rsidRPr="00C600B4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="14D18CA2" w:rsidRPr="0016604C">
-[...8 lines deleted...]
-      <w:r w:rsidR="2EF7D596" w:rsidRPr="0016604C">
+      <w:r w:rsidR="004A604A" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">e-izglītības platformā </w:t>
+      </w:r>
+      <w:r w:rsidR="2EF7D596" w:rsidRPr="00C600B4">
         <w:t xml:space="preserve">laika posmā no </w:t>
       </w:r>
-      <w:r w:rsidR="2EF7D596" w:rsidRPr="0016604C">
-[...16 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidR="2EF7D596" w:rsidRPr="00C600B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2026. gada </w:t>
+      </w:r>
+      <w:r w:rsidR="001F3185" w:rsidRPr="00C600B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="2EF7D596" w:rsidRPr="00C600B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>. janvāra plkst. 00.00 līdz 2026. gada 23. janvārim plkst. 23.59</w:t>
+      </w:r>
+      <w:r w:rsidR="000931A7" w:rsidRPr="00C600B4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B425D24" w14:textId="77777777" w:rsidR="001C258B" w:rsidRPr="0016604C" w:rsidRDefault="001C258B" w:rsidP="006E098D">
+      <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...231 lines deleted...]
-        <w:ind w:left="1224" w:right="0"/>
+        <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6430392B" w14:textId="04DA86AA" w:rsidR="00DC47A1" w:rsidRPr="0016604C" w:rsidRDefault="3D86C780" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reģionālā konference – 2. posms</w:t>
       </w:r>
       <w:r w:rsidR="00DC47A1" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
@@ -2343,920 +2056,914 @@
         </w:rPr>
         <w:t xml:space="preserve">janvāra līdz </w:t>
       </w:r>
       <w:r w:rsidR="008F4801">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2026.</w:t>
       </w:r>
       <w:r w:rsidR="008F4801" w:rsidRPr="008F4801">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> gada </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>20. februārim:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="260EBCE1" w14:textId="4F2E5CC0" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="5E055FDF" w:rsidP="0016604C">
+    <w:p w14:paraId="77B443C7" w14:textId="77777777" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="47AD9F43" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t>reģionālās konferences 1.</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">kārtā tiek vērtēti anonimizēti </w:t>
+        <w:t>darbi</w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">skolēnu </w:t>
-[...2 lines deleted...]
-        <w:t>darbi</w:t>
+        <w:t xml:space="preserve">, kuri neatbilst Vadlīnijām var tikt noraidīti un neizvirzīti uz reģionālās konferences 1.kārtu – </w:t>
+      </w:r>
+      <w:r w:rsidR="4EBDC0A2" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">darbu </w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">, kas augšupielādēti </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="77B443C7" w14:textId="77777777" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="47AD9F43" w:rsidP="0016604C">
+        <w:t>recenzēšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A16526D" w14:textId="367D6D8A" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="433A5273" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t>darbi</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="2A16526D" w14:textId="13C35A21" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="433A5273" w:rsidP="0016604C">
+        <w:t xml:space="preserve">katru </w:t>
+      </w:r>
+      <w:r w:rsidR="272690EA" w:rsidRPr="0016604C">
+        <w:t>darbu</w:t>
+      </w:r>
+      <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E098D" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">e-izglītības platformā </w:t>
+      </w:r>
+      <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
+        <w:t>vērtē viens recenzents</w:t>
+      </w:r>
+      <w:r w:rsidR="1EB62DF4" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> ar akadēmisko grādu, kas nav zemāks par maģistra grādu</w:t>
+      </w:r>
+      <w:r w:rsidR="004A5800">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C28FFB" w14:textId="77777777" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="7356D148" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">katru </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="272690EA" w:rsidRPr="0016604C">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">recenzents </w:t>
+      </w:r>
+      <w:r w:rsidR="1415EEBC" w:rsidRPr="0016604C">
         <w:t>darbu</w:t>
       </w:r>
-      <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
-[...27 lines deleted...]
-    <w:p w14:paraId="49C28FFB" w14:textId="77777777" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="7356D148" w:rsidP="0016604C">
+      <w:r w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> vērtē ņemot vērā tikai Vadlīnijās </w:t>
+      </w:r>
+      <w:r w:rsidR="7C3EC2E7" w:rsidRPr="0016604C">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="7C3EC2E7" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kolēnu zinātniskās pētniecības darbu vērtēšanas kritēriju reģionālās konferences recenzijas formā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:t>iekļautos vērtēšanas kritērijus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E6C938D" w14:textId="23653717" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="54141480" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">recenzents </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="7C3EC2E7" w:rsidRPr="0016604C">
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="45979B64" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1BF7F36A" w:rsidRPr="0016604C">
+        <w:t>Vadlīnij</w:t>
+      </w:r>
+      <w:r w:rsidR="4F917CDF" w:rsidRPr="0016604C">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="1BF7F36A" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="54BC16CA" w:rsidRPr="0016604C">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="7C3EC2E7" w:rsidRPr="0016604C">
+      <w:r w:rsidR="54BC16CA" w:rsidRPr="0016604C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">kolēnu zinātniskās pētniecības darbu vērtēšanas kritēriju reģionālās konferences recenzijas formā </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="7E6C938D" w14:textId="23653717" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="54141480" w:rsidP="0016604C">
+        <w:t>kolēnu zinātniskās pētniecības darbu vērtēšanas kritērij</w:t>
+      </w:r>
+      <w:r w:rsidR="4BCF3559" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="54BC16CA" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reģionāl</w:t>
+      </w:r>
+      <w:r w:rsidR="5C9BCFD8" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ās</w:t>
+      </w:r>
+      <w:r w:rsidR="54BC16CA" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konferenc</w:t>
+      </w:r>
+      <w:r w:rsidR="1111C2F9" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidR="54BC16CA" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recenzijas formā</w:t>
+      </w:r>
+      <w:r w:rsidR="4CEF499C" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00900894" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">6.1. un/vai 7.2. </w:t>
+      </w:r>
+      <w:r w:rsidR="1BF7F36A" w:rsidRPr="0016604C">
+        <w:t>vērtēšanas</w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:t>kritērij</w:t>
+      </w:r>
+      <w:r w:rsidR="7F8554C4" w:rsidRPr="0016604C">
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="26FD7240" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">vērtējums ir </w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:t>0 punkt</w:t>
+      </w:r>
+      <w:r w:rsidR="6FDB6114" w:rsidRPr="0016604C">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="694646C9" w:rsidRPr="0016604C">
+        <w:t>darbs</w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> netiek izvirzīts </w:t>
+      </w:r>
+      <w:r w:rsidR="0A85C0E0" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">reģionālās konferences </w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="2D5EA948" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:t>posma 2</w:t>
+      </w:r>
+      <w:r w:rsidR="008F4801">
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">kārtai – </w:t>
+      </w:r>
+      <w:r w:rsidR="608D5711" w:rsidRPr="0016604C">
+        <w:t>darba</w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> mutvārdu prezentācijai</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC47A1" w:rsidRPr="0016604C">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3018FDF2" w14:textId="77777777" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="02B104AE" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t>j</w:t>
-[...134 lines deleted...]
-    <w:p w14:paraId="3018FDF2" w14:textId="77777777" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="02B104AE" w:rsidP="0016604C">
+        <w:t>darbi</w:t>
+      </w:r>
+      <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">, kuru apjoms pārsniedz Vadlīnijās noteikto lapu skaitu, atbilstoši zinātņu nozarēm tiek vērtēti tikai noteikto lapu apjomā (informācija, kas atrodas ārpus noteiktā lapu skaita, netiek vērtēta); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31533182" w14:textId="744D17FC" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="03BCB8E9" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t>darbi</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="31533182" w14:textId="77777777" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="03BCB8E9" w:rsidP="0016604C">
+        <w:t xml:space="preserve">recenzenta vērtējums tiek ievadīts recenzijas veidlapā </w:t>
+      </w:r>
+      <w:r w:rsidR="004A604A" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">e-izglītības platformā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:t>un ir pieejams</w:t>
+      </w:r>
+      <w:r w:rsidR="6A02F247" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3F281650" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">darba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">autoriem un </w:t>
+      </w:r>
+      <w:r w:rsidR="1A5D18E0" w:rsidRPr="0016604C">
+        <w:t>izglītības iestādes atbildīg</w:t>
+      </w:r>
+      <w:r w:rsidR="26163F29" w:rsidRPr="0016604C">
+        <w:t>ajām</w:t>
+      </w:r>
+      <w:r w:rsidR="1A5D18E0" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> person</w:t>
+      </w:r>
+      <w:r w:rsidR="0328B1D0" w:rsidRPr="0016604C">
+        <w:t>ām</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC47A1" w:rsidRPr="0016604C">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01EEBBCF" w14:textId="7CFF2BEB" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="43A41D11" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">recenzenta vērtējums tiek ievadīts recenzijas veidlapā </w:t>
-[...31 lines deleted...]
-      <w:r w:rsidR="00DC47A1" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">recenzijas pieejamas no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2026. gada 2</w:t>
+      </w:r>
+      <w:r w:rsidR="5016DCF4" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>. februāra plkst.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F4801">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="54DE4027" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01EEBBCF" w14:textId="7CFF2BEB" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="43A41D11" w:rsidP="0016604C">
+    <w:p w14:paraId="3735C3EE" w14:textId="77777777" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="4B39ACF7" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">recenzijas pieejamas no </w:t>
-[...22 lines deleted...]
-      <w:r w:rsidR="008F4801">
+        <w:t xml:space="preserve">maksimālais punktu skaits, ko iespējams iegūt recenzijā, ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>80 punkti</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65C72" w:rsidRPr="0016604C">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1A26D7" w14:textId="1195B462" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="00DC47A1" w:rsidP="0016604C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1560" w:right="0" w:hanging="840"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0016604C">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="4B39ACF7" w:rsidRPr="0016604C">
+        <w:t>arbi,</w:t>
+      </w:r>
+      <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> kuri recenzijā ieguvuši </w:t>
+      </w:r>
+      <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ne mazāk kā 50</w:t>
+      </w:r>
+      <w:r w:rsidR="0187E799" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>punktus</w:t>
+      </w:r>
+      <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">kvalificējas reģionālās konferences 2. kārtai – </w:t>
+      </w:r>
+      <w:r w:rsidR="0C498493" w:rsidRPr="0016604C">
+        <w:t>darba</w:t>
+      </w:r>
+      <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="49A2CDAE" w:rsidRPr="0016604C">
+        <w:t>mutvārdu prezentācijai</w:t>
+      </w:r>
+      <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E47D80" w14:textId="2C15961E" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="00406B43" w:rsidP="0016604C">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1224" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="440675F8" w14:textId="7D1B48F0" w:rsidR="386537D8" w:rsidRPr="0016604C" w:rsidRDefault="2B92BECC" w:rsidP="001C258B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Reģionālās konferences 2.kārta (</w:t>
+      </w:r>
+      <w:r w:rsidR="7C4073F5" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>darba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mutvārdu prezentācija) 2026. gada 6.</w:t>
+      </w:r>
+      <w:r w:rsidR="009257B4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>1</w:t>
-[...20 lines deleted...]
-      <w:pPr>
+        <w:t>martā (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">notiek attālināti tiešsaistes platformā ZOOM, Microsoft </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016604C">
+        <w:t>Teams</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016604C">
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63307F51" w14:textId="0225B0F9" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="2967CAEE" w:rsidP="0016604C">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">maksimālais punktu skaits, ko iespējams iegūt recenzijā, ir </w:t>
-[...25 lines deleted...]
-        <w:t>arbi,</w:t>
+        <w:t>darba</w:t>
       </w:r>
       <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
-        <w:t xml:space="preserve"> kuri recenzijā ieguvuši </w:t>
+        <w:t xml:space="preserve"> autori, kuri piedalās </w:t>
+      </w:r>
+      <w:r w:rsidR="3717017E" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">reģionālajā </w:t>
       </w:r>
       <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
-        <w:rPr>
-[...32 lines deleted...]
-        <w:t>darba</w:t>
+        <w:t xml:space="preserve">konferencē, prezentē savu </w:t>
+      </w:r>
+      <w:r w:rsidR="77BCB6FA" w:rsidRPr="0016604C">
+        <w:t>darbu</w:t>
       </w:r>
       <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="49A2CDAE" w:rsidRPr="0016604C">
-        <w:t>mutvārdu prezentācijai</w:t>
+      <w:r w:rsidR="35B8FA40" w:rsidRPr="0016604C">
+        <w:t>elektroniskā</w:t>
       </w:r>
       <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">. </w:t>
-[...59 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t xml:space="preserve"> formātā, ja nepieciešams, izmantojot uzskates materiālus; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8C64C6" w14:textId="48C66461" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="23C44AFC" w:rsidP="0016604C">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">prezentācijā </w:t>
+      </w:r>
+      <w:r w:rsidR="7DBC584C" w:rsidRPr="0016604C">
         <w:t>darba</w:t>
       </w:r>
-      <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
-[...23 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      <w:r w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> autors iekļauj arī atbildes uz recenzenta jautājumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AACA3B0" w14:textId="77777777" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="55386106" w:rsidP="0016604C">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:lastRenderedPageBreak/>
-[...11 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t xml:space="preserve">prezentācijas/uzstāšanās ilgums (ziņojums, iekļaujot atbildes uz recenzenta jautājumiem) – līdz 7 minūtēm. Paredzētais laiks atbildēm uz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">komisijas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">jautājumiem – līdz 3 minūtēm; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5745F8" w14:textId="7AEDBA7A" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="10653AEB" w:rsidP="0016604C">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">prezentācijas/uzstāšanās ilgums (ziņojums, iekļaujot atbildes uz recenzenta jautājumiem) – līdz 7 minūtēm. Paredzētais laiks atbildēm uz </w:t>
-[...14 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t>darbu</w:t>
+      </w:r>
+      <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> prezentē tajā valodā, kurā tas izstrādāts un iesniegts atbilstoši šī nolikuma </w:t>
+      </w:r>
+      <w:r w:rsidR="59188D88" w:rsidRPr="00C600B4">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0035494F" w:rsidRPr="00C600B4">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="23C44AFC" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">. punktam; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="046B8495" w14:textId="77777777" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="55386106" w:rsidP="0016604C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t>darbu</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="046B8495" w14:textId="77777777" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="55386106" w:rsidP="0016604C">
+        <w:t xml:space="preserve">katras zinātnes nozares vai nozaru apvienoto vērtēšanas komisiju veido ne mazāk kā trīs personu sastāvā, pieaicinot recenzentus, starpnozaru ekspertus un speciālistus; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424CB729" w14:textId="6FB0EE83" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="23C44AFC" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">katras zinātnes nozares vai nozaru apvienoto vērtēšanas komisiju veido ne mazāk kā trīs personu sastāvā, pieaicinot recenzentus, starpnozaru ekspertus un speciālistus; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="424CB729" w14:textId="6FB0EE83" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="23C44AFC" w:rsidP="0016604C">
+        <w:t>maksimālā vērtējumu kopsumma reģionālās konferences 2. kārtā (</w:t>
+      </w:r>
+      <w:r w:rsidR="761FC3B7" w:rsidRPr="0016604C">
+        <w:t>darba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> mutvārdu prezentācijā) ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">punkti; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127AE736" w14:textId="31631129" w:rsidR="00406B43" w:rsidRPr="00C600B4" w:rsidRDefault="0E892B70" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:t>maksimālā vērtējumu kopsumma reģionālās konferences 2. kārtā (</w:t>
-[...17 lines deleted...]
-          <w:bCs/>
+        <w:t>darbi</w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">, kuri recenzijas un mutvārdu prezentācijas vērtējumu kopsummā saņem vismaz </w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>105 punkt</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5A50">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0016604C">
-[...3 lines deleted...]
-    <w:p w14:paraId="127AE736" w14:textId="19553AF6" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="0E892B70" w:rsidP="0016604C">
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve">tiek izvirzīti uz </w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. posmu </w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> valsts </w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="00C600B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>konferenci</w:t>
+      </w:r>
+      <w:r w:rsidR="7356D148" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="0946F7C9" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">darba autors </w:t>
+      </w:r>
+      <w:r w:rsidR="004A604A" w:rsidRPr="00C600B4">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">e-izglītības platformā  </w:t>
+      </w:r>
+      <w:r w:rsidR="0946F7C9" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">redzēs </w:t>
+      </w:r>
+      <w:r w:rsidR="00180F56" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">informāciju par </w:t>
+      </w:r>
+      <w:r w:rsidR="0946F7C9" w:rsidRPr="00C600B4">
+        <w:t>iegūto rezultātu</w:t>
+      </w:r>
+      <w:r w:rsidR="034DC400" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="02361F75" w:rsidRPr="00C600B4">
+        <w:t>un dalību nākamajā posmā</w:t>
+      </w:r>
+      <w:r w:rsidR="000D1537" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">, ko apzīmēs ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00480955" w:rsidRPr="00C600B4">
+        <w:t>karo</w:t>
+      </w:r>
+      <w:r w:rsidR="0035494F" w:rsidRPr="00C600B4">
+        <w:t>ga</w:t>
+      </w:r>
+      <w:r w:rsidR="00480955" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> simbol</w:t>
+      </w:r>
+      <w:r w:rsidR="000D1537" w:rsidRPr="00C600B4">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="277D2984" w:rsidRPr="00C600B4">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00180F56" w:rsidRPr="00C600B4">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00480955" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F97EFA3" w14:textId="6F9D76AF" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="37A027D1" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>darbi</w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">, kuri recenzijas un mutvārdu prezentācijas vērtējumu kopsummā saņem vismaz </w:t>
-[...63 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve">, kuri ir bijuši izvirzīti, bet nav tikuši prezentēti reģionālajā konferencē un nav saņēmuši mutvārdu prezentācijas vērtējumu, </w:t>
+      </w:r>
+      <w:r w:rsidR="08AEDB82" w:rsidRPr="0016604C">
+        <w:t>netiek izvirzīti pakāpju saņemšanai</w:t>
       </w:r>
       <w:r w:rsidR="00180F56" w:rsidRPr="0016604C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F97EFA3" w14:textId="6F9D76AF" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="37A027D1" w:rsidP="0016604C">
+    <w:p w14:paraId="364D9D1A" w14:textId="6C488647" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="3081561D" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-        <w:rPr>
-[...23 lines deleted...]
-        <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>darba</w:t>
       </w:r>
       <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> autori, kuri kopvērtējumā saņēmuši no</w:t>
       </w:r>
       <w:r w:rsidR="3C04ECF6" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> 85 līdz 10</w:t>
       </w:r>
       <w:r w:rsidR="3B497596" w:rsidRPr="0016604C">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="3C04ECF6" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> punktiem, tiek apbalvoti ar trešās pakāpes diplomiem, no 105</w:t>
       </w:r>
       <w:r w:rsidR="7683EFFE" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="3C04ECF6" w:rsidRPr="0016604C">
         <w:t>līdz 114 punktiem ar otrās pakāpes diplomiem, no 115 līdz 120 punktiem</w:t>
       </w:r>
       <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> ar pirmās pakāpes diplomiem. Atbilstoši saņemtajam vērtējumam zinātnes nozaru grupā attiecīgās pakāpes diplomi var netikt piešķirti vai arī vairākiem </w:t>
       </w:r>
       <w:r w:rsidR="1F255DF3" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">darbiem </w:t>
       </w:r>
       <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">var tikt piešķirti vienas pakāpes diplomi; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38952AD3" w14:textId="3A15FD3B" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="6B5A2398" w:rsidP="0016604C">
+    <w:p w14:paraId="38952AD3" w14:textId="10CF1B0A" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="6B5A2398" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
         <w:t>katras zinātnes nozares rezultātus reģionālās konferences organizators paziņo</w:t>
       </w:r>
       <w:r w:rsidR="1774E6CD" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> un ievada </w:t>
       </w:r>
-      <w:r w:rsidR="703B5ED4" w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">pārvaldības vidē </w:t>
+      <w:r w:rsidR="004A604A" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">e-izglītības platformā </w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
         <w:t>līdz</w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026. gada 1</w:t>
       </w:r>
       <w:r w:rsidR="7A9AE68A" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -3467,51 +3174,50 @@
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve">valsts konferencē katrs </w:t>
       </w:r>
       <w:r w:rsidR="63FB6FA7" w:rsidRPr="0016604C">
         <w:t>darbs</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> saņem neatkarīgu ekspertu vērtējumu punktu izteiksmē, un gala vērtējumu veido visu ekspertu vērtējumu summa; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="502EB45D" w14:textId="1E016D2B" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="49A7C7F9" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:lastRenderedPageBreak/>
         <w:t>darbu</w:t>
       </w:r>
       <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> prezentē autor</w:t>
       </w:r>
       <w:r w:rsidR="00180F56" w:rsidRPr="0016604C">
         <w:t>s (–i)</w:t>
       </w:r>
       <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">, uzstājas ar stenda ziņojumu, ja nepieciešams, izmantojot uzskates materiālus. Prezentācijas ilgums – līdz 4 </w:t>
       </w:r>
       <w:r w:rsidR="0CA92F94" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
         <w:t>minūtēm, atbildes uz vērtētāja jautājumiem (diskusija) – līdz 6</w:t>
       </w:r>
       <w:r w:rsidR="719807F1" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="23C44AFC" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">minūtēm; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22E8857B" w14:textId="66338923" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="00B2210A" w:rsidP="0016604C">
@@ -3520,79 +3226,76 @@
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="48D33C25" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">alsts konferences laikā </w:t>
       </w:r>
       <w:r w:rsidR="715E0DAD" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">darbam </w:t>
       </w:r>
       <w:r w:rsidR="48D33C25" w:rsidRPr="0016604C">
         <w:t>piešķirtais gala vērtējums ir galīgs un nemaināms</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B72899" w14:textId="58148636" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="00B2210A" w:rsidP="0016604C">
+    <w:p w14:paraId="79B72899" w14:textId="4C9E1815" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="00B2210A" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="57D18266" w:rsidRPr="0016604C">
         <w:t>alsts konferences rezultāt</w:t>
       </w:r>
       <w:r w:rsidR="79ACE8F5" w:rsidRPr="0016604C">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="57D18266" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="5D7C6C5C" w:rsidRPr="0016604C">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00BC0759" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">e-izglītības platformā </w:t>
       </w:r>
       <w:r w:rsidR="0C64F89A" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">būs pieejami </w:t>
       </w:r>
       <w:r w:rsidR="57D18266" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">ne vēlāk kā </w:t>
       </w:r>
       <w:r w:rsidR="57D18266" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2026.</w:t>
       </w:r>
       <w:r w:rsidR="009257B4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="57D18266" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -3691,50 +3394,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="653817B9" w:rsidRPr="0016604C">
         <w:t>darba</w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> autori visās zinātnes nozaru grupās atbilstoši iegūtajam vērtējumam tiek apbalvoti ar pirmās, otrās un trešās pakāpes diplomiem;</w:t>
       </w:r>
       <w:r w:rsidR="7356D148" w:rsidRPr="0016604C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F412C3B" w14:textId="250DFFC9" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="23C44AFC" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">atbilstoši saņemtajam vērtējumam zinātnes nozaru grupā attiecīgās pakāpes diplomi var netikt piešķirti vai arī vairākiem </w:t>
       </w:r>
       <w:r w:rsidR="7192E0DD" w:rsidRPr="0016604C">
         <w:t>darbiem</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> var tikt piešķirtas vienas pakāpes diplomi</w:t>
       </w:r>
       <w:r w:rsidR="00180F56" w:rsidRPr="0016604C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11A6D4BD" w14:textId="05BD37F8" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="7356D148" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>apbalvojumus piešķir, pamatojoties uz valst</w:t>
       </w:r>
       <w:r w:rsidR="37A8EF29" w:rsidRPr="0016604C">
@@ -3863,94 +3567,94 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>VI</w:t>
       </w:r>
       <w:r w:rsidR="2984A41C" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="436F4E17" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Apelāciju iesniegšana un izskatīšana</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CF761C9" w14:textId="6C34672F" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="5A9D59C5" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Reģionālās</w:t>
       </w:r>
       <w:r w:rsidR="0A9A3CAE" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>konferences darbības apelāciju izskatīšana:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C43D116" w14:textId="107E31C0" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="00180F56" w:rsidP="001C258B">
+    <w:p w14:paraId="1C43D116" w14:textId="15796119" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="00180F56" w:rsidP="001C258B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0324D984" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">ēc </w:t>
       </w:r>
       <w:r w:rsidR="0FAE830B" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">reģionālās konferences </w:t>
       </w:r>
       <w:r w:rsidR="0324D984" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">rezultātu izziņošanas </w:t>
       </w:r>
-      <w:r w:rsidR="30637910" w:rsidRPr="0016604C">
-        <w:t>pārvaldības vidē</w:t>
+      <w:r w:rsidR="00BC0759" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">e-izglītības platformā </w:t>
       </w:r>
       <w:r w:rsidR="13623391" w:rsidRPr="0016604C">
-        <w:t xml:space="preserve"> izglītības iestādei</w:t>
+        <w:t>izglītības iestādei</w:t>
       </w:r>
       <w:r w:rsidR="0324D984" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="5B6A826A" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>trīs</w:t>
       </w:r>
       <w:r w:rsidR="2CD589FC" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="5B6A826A" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">dienu </w:t>
       </w:r>
@@ -3977,67 +3681,74 @@
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE25BAE" w14:textId="2D500867" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="00180F56" w:rsidP="001C258B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="589E5BE0" w:rsidRPr="0016604C">
         <w:t>zglītības iestāde</w:t>
       </w:r>
       <w:r w:rsidR="6178A440" w:rsidRPr="0016604C">
         <w:t>s apelāciju</w:t>
       </w:r>
       <w:r w:rsidR="589E5BE0" w:rsidRPr="0016604C">
-        <w:t xml:space="preserve"> iesniedz un paraksta izglītības iestādes paraksttiesīgā persona</w:t>
+        <w:t xml:space="preserve"> iesniedz un paraksta izglītības iestādes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="589E5BE0" w:rsidRPr="0016604C">
+        <w:t>paraksttiesīgā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="589E5BE0" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> persona</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="003576F3" w14:textId="21755219" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="00180F56" w:rsidP="001C258B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
-        <w:lastRenderedPageBreak/>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="3D60A06A" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">zglītības iestādes </w:t>
       </w:r>
       <w:r w:rsidR="1D010C23" w:rsidRPr="0016604C">
         <w:t>apelācij</w:t>
       </w:r>
       <w:r w:rsidR="3D60A06A" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">u par reģionālās konferences norises procesuālajiem pārkāpumiem </w:t>
       </w:r>
       <w:r w:rsidR="192D6ED9" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">izskata reģionālās konferences organizatora izveidota komisija </w:t>
       </w:r>
       <w:r w:rsidR="3D60A06A" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>trīs dienu</w:t>
       </w:r>
       <w:r w:rsidR="3D60A06A" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> laikā </w:t>
       </w:r>
       <w:r w:rsidR="23B97F10" w:rsidRPr="0016604C">
@@ -4083,175 +3794,187 @@
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="144CD66D" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">omisijas lēmumu izglītības iestādei </w:t>
       </w:r>
       <w:r w:rsidR="649F4C2B" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">paziņo </w:t>
       </w:r>
       <w:r w:rsidR="0F728B5E" w:rsidRPr="0016604C">
         <w:t>reģionālās konferences organizators</w:t>
       </w:r>
       <w:r w:rsidR="144CD66D" w:rsidRPr="0016604C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CAF570C" w14:textId="71D3F922" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="6CEB81E7" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Sūdzības par recenzenta vai eksperta zinātnisko vērtējumu netiek pieņemtas un izskatītas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12DEB6B0" w14:textId="39B29625" w:rsidR="00406B43" w:rsidRPr="0016604C" w:rsidRDefault="00406B43" w:rsidP="0016604C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07FF76C2" w14:textId="1BFAC162" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="55B49EC5" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Valsts konferences darbības apelāciju izskatīšana:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BCD5CFC" w14:textId="77777777" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="00180F56" w:rsidP="0016604C">
+    <w:p w14:paraId="1BCD5CFC" w14:textId="680EA914" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="00180F56" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="2812482D" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">ēc valsts konferences rezultātu izziņošanas </w:t>
       </w:r>
-      <w:r w:rsidR="2397A338" w:rsidRPr="0016604C">
-        <w:t>pārvaldības vidē</w:t>
+      <w:r w:rsidR="00BC0759" w:rsidRPr="00C600B4">
+        <w:t xml:space="preserve">e-izglītības platformā </w:t>
       </w:r>
       <w:r w:rsidR="2812482D" w:rsidRPr="0016604C">
-        <w:t xml:space="preserve"> izglītības iestādei </w:t>
+        <w:t xml:space="preserve">izglītības iestādei </w:t>
       </w:r>
       <w:r w:rsidR="2812482D" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>trīs</w:t>
       </w:r>
       <w:r w:rsidR="7D0BC9F9" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="2812482D" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">dienu </w:t>
       </w:r>
       <w:r w:rsidR="2812482D" w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">laikā ir tiesības iesniegt aģentūrai rakstisku iesniegumu ar lūgumu izskatīt konkrētajā gadījumā konstatētos konferences norises </w:t>
+        <w:t xml:space="preserve">laikā ir tiesības iesniegt aģentūrai rakstisku iesniegumu ar lūgumu </w:t>
+      </w:r>
+      <w:r w:rsidR="2812482D" w:rsidRPr="0016604C">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">izskatīt konkrētajā gadījumā konstatētos konferences norises </w:t>
       </w:r>
       <w:r w:rsidR="2812482D" w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>procesuālos pārkāpumus</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2756B53C" w14:textId="26CFB86D" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="00180F56" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="436F4E17" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">zglītības iestādes </w:t>
       </w:r>
       <w:r w:rsidR="3AF2364F" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">apelāciju </w:t>
       </w:r>
       <w:r w:rsidR="436F4E17" w:rsidRPr="0016604C">
-        <w:t>iesniedz un paraksta izglītības iestādes paraksttiesīgā persona</w:t>
+        <w:t xml:space="preserve">iesniedz un paraksta izglītības iestādes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="436F4E17" w:rsidRPr="0016604C">
+        <w:t>paraksttiesīgā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="436F4E17" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> persona</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="573907A3" w14:textId="77777777" w:rsidR="00A65C72" w:rsidRPr="0016604C" w:rsidRDefault="00180F56" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="436F4E17" w:rsidRPr="0016604C">
         <w:t>zglītības iestādes iesniegumu par</w:t>
       </w:r>
       <w:r w:rsidR="1424B276" w:rsidRPr="0016604C">
@@ -4424,148 +4147,163 @@
         <w:t>Dalībnieku atlase starptautiskajiem pasākumiem</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="40BEFB7A" w14:textId="3A38E518" w:rsidR="00580DEF" w:rsidRPr="0016604C" w:rsidRDefault="4979078F" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve">Izvērtējot </w:t>
       </w:r>
       <w:r w:rsidR="3D4E15A4" w:rsidRPr="0016604C">
         <w:t>darbus</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>, zinātņu nozares vērtēšanas komisija izvirza kandidātus atlases konkursam dalībai starptautiskos pasākumos šādās zinātņu nozaru grupās: dabaszinātnes, inženierzinātnes un tehnoloģijas, lauksaimniecības, meža un veterinārās zinātnes; medicīna un veselības zinātnes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A5DD27F" w14:textId="7B4C94B0" w:rsidR="00580DEF" w:rsidRPr="0016604C" w:rsidRDefault="53616FDA" w:rsidP="0016604C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="6C76771E" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> organizē atlases konkursa komisiju, pieaicinot ne mazāk kā trīs starpnozaru ekspertus un speciālistus (neatkarīgi eksperti).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28005C48" w14:textId="2AFDCCCB" w:rsidR="00580DEF" w:rsidRPr="0016604C" w:rsidRDefault="4FEBA24E" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Ne vēlāk kā piecas darba dienas pēc konferences izvirzītie kandidāti  prezentē savu darbu angļu valodā atlases konkursā dalībai starptautiskajos pasākumos</w:t>
       </w:r>
       <w:r w:rsidR="00580DEF" w:rsidRPr="0016604C">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>– EUCYS (Eiropas Savienības jauno zinātnieku konkurss) 202</w:t>
       </w:r>
       <w:r w:rsidR="31626E64" w:rsidRPr="0016604C">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve">. gads, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="4B99BDCE" w:rsidRPr="0016604C">
-        <w:t xml:space="preserve">Genius Olympiad (Globālo apkārtējās </w:t>
-      </w:r>
+        <w:t>Genius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="4B99BDCE" w:rsidRPr="0016604C">
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">vides jautājumu olimpiāde) 2026. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="4B99BDCE" w:rsidRPr="0016604C">
+        <w:t>Olympiad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="4B99BDCE" w:rsidRPr="0016604C">
+        <w:t xml:space="preserve"> (Globālo apkārtējās vides jautājumu olimpiāde) 2026. </w:t>
       </w:r>
       <w:r w:rsidR="4B8D0EAC" w:rsidRPr="0016604C">
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="4B99BDCE" w:rsidRPr="0016604C">
         <w:t xml:space="preserve">ads, </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>ISEF (Starptautiskā zinātnes un inženierzinātņu izstāde) 202</w:t>
       </w:r>
       <w:r w:rsidR="04EDBD34" w:rsidRPr="0016604C">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="58DBAD81" w:rsidRPr="0016604C">
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>ads</w:t>
       </w:r>
       <w:r w:rsidR="4B075B24" w:rsidRPr="0016604C">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B224E9" w14:textId="388CFD5B" w:rsidR="00580DEF" w:rsidRPr="0016604C" w:rsidRDefault="66679F26" w:rsidP="0016604C">
+    <w:p w14:paraId="27B224E9" w14:textId="2338359B" w:rsidR="00580DEF" w:rsidRPr="0016604C" w:rsidRDefault="66679F26" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="4979078F" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> patur tiesības rīkot atlases konkursu un iekļaut papildus starptautiskos pasākumus, kas nav minēti šī nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="37A8567E" w:rsidRPr="0016604C">
-        <w:t>26</w:t>
+      <w:r w:rsidR="37A8567E" w:rsidRPr="00C600B4">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00197A32" w:rsidRPr="00C600B4">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="4979078F" w:rsidRPr="00C600B4">
+        <w:t>. punktā,</w:t>
       </w:r>
       <w:r w:rsidR="4979078F" w:rsidRPr="0016604C">
-        <w:t>. punktā, ja tos uzskata par nepieciešamie</w:t>
+        <w:t xml:space="preserve"> ja tos uzskata par nepieciešamie</w:t>
       </w:r>
       <w:r w:rsidR="184A00E2" w:rsidRPr="0016604C">
         <w:t>m.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FBAB0A5" w14:textId="22351023" w:rsidR="4FB970CD" w:rsidRPr="0016604C" w:rsidRDefault="4FB970CD" w:rsidP="0016604C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="792" w:right="0" w:hanging="792"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E2061F2" w14:textId="597A1FFB" w:rsidR="607C8919" w:rsidRPr="0016604C" w:rsidRDefault="659D6499" w:rsidP="0016604C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="792" w:right="0" w:hanging="792"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
         <w:rPr>
           <w:b/>
@@ -4642,100 +4380,101 @@
         <w:t>martam</w:t>
       </w:r>
       <w:r w:rsidR="25D7CAE4" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>par to jāinformē</w:t>
       </w:r>
       <w:r w:rsidR="589EEDA8" w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t>, nosūtot e-pasta vēstuli uz adresi: zpd@viaa.gov.lv, norādot skolēna vārdu, uzvārdu un pārstāvēto izglītības iestādi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36B62D5C" w14:textId="2BC7FAFA" w:rsidR="361E1FD7" w:rsidRPr="0016604C" w:rsidRDefault="6469EDD5" w:rsidP="0016604C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0016604C">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Konferences norises laikā tiks veikta </w:t>
       </w:r>
       <w:r w:rsidR="41D5D39E" w:rsidRPr="0016604C">
         <w:t>darba</w:t>
       </w:r>
       <w:r w:rsidRPr="0016604C">
         <w:t xml:space="preserve"> autora personas datu apstrāde, lai nodrošinātu viņa dalību konferencē. Personas datu apstrāde tiks veikta saskaņā ar Vispārīgo datu aizsardzības regulu un Fizisko personu  datu apstrādes likuma prasībām. Datu apstrādes pamatojums  Ministru kabineta 2025. gada 1. aprīļa noteikumi Nr.207 „Valsts izglītības attīstības aģentūras nolikums”. Personas datu apstrādes pārzinis: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId14">
         <w:r w:rsidRPr="0016604C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:color w:val="467886"/>
           </w:rPr>
           <w:t>Valsts izglītības attīstības aģentūra</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0016604C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="361E1FD7" w:rsidRPr="0016604C" w:rsidSect="00351089">
-      <w:headerReference w:type="default" r:id="rId17"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1133" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7AF3EA66" w14:textId="77777777" w:rsidR="005C32DA" w:rsidRPr="00F57639" w:rsidRDefault="005C32DA" w:rsidP="009F1B21">
+    <w:p w14:paraId="4C6E4581" w14:textId="77777777" w:rsidR="00C32F2F" w:rsidRPr="00F57639" w:rsidRDefault="00C32F2F" w:rsidP="009F1B21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00F57639">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5778772D" w14:textId="77777777" w:rsidR="005C32DA" w:rsidRPr="00F57639" w:rsidRDefault="005C32DA" w:rsidP="009F1B21">
+    <w:p w14:paraId="259BB242" w14:textId="77777777" w:rsidR="00C32F2F" w:rsidRPr="00F57639" w:rsidRDefault="00C32F2F" w:rsidP="009F1B21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00F57639">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4765,393 +4504,544 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="812142120"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="68BAE2E6" w14:textId="06FF07BB" w:rsidR="00F31F1A" w:rsidRDefault="00F31F1A">
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="Kjene"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00472DF9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="217F8958" w14:textId="4D9EF671" w:rsidR="19B3AF66" w:rsidRDefault="19B3AF66" w:rsidP="19B3AF66">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3020"/>
       <w:gridCol w:w="3020"/>
       <w:gridCol w:w="3020"/>
     </w:tblGrid>
     <w:tr w:rsidR="19B3AF66" w14:paraId="76CC8F22" w14:textId="77777777" w:rsidTr="19B3AF66">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3020" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="0661FDB6" w14:textId="6ECD533C" w:rsidR="19B3AF66" w:rsidRDefault="19B3AF66" w:rsidP="19B3AF66">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:left="-115"/>
             <w:jc w:val="left"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3020" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="73D0CCCC" w14:textId="261D615E" w:rsidR="19B3AF66" w:rsidRDefault="19B3AF66" w:rsidP="19B3AF66">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3020" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="631B5A20" w14:textId="0CAF2B76" w:rsidR="19B3AF66" w:rsidRDefault="19B3AF66" w:rsidP="19B3AF66">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="58E00328" w14:textId="0C2F6329" w:rsidR="19B3AF66" w:rsidRDefault="19B3AF66" w:rsidP="19B3AF66">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A31C9F3" w14:textId="77777777" w:rsidR="005C32DA" w:rsidRPr="00F57639" w:rsidRDefault="005C32DA" w:rsidP="009F1B21">
+    <w:p w14:paraId="634402DC" w14:textId="77777777" w:rsidR="00C32F2F" w:rsidRPr="00F57639" w:rsidRDefault="00C32F2F" w:rsidP="009F1B21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00F57639">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FE7D67F" w14:textId="77777777" w:rsidR="005C32DA" w:rsidRPr="00F57639" w:rsidRDefault="005C32DA" w:rsidP="009F1B21">
+    <w:p w14:paraId="6C1924FC" w14:textId="77777777" w:rsidR="00C32F2F" w:rsidRPr="00F57639" w:rsidRDefault="00C32F2F" w:rsidP="009F1B21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00F57639">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="3B073B4C" w14:textId="77777777" w:rsidR="5EFA4650" w:rsidRDefault="5EFA4650" w:rsidP="5EFA4650">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="284" w:lineRule="auto"/>
         <w:ind w:left="55" w:right="0" w:hanging="55"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475137">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00475137">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1">
         <w:r w:rsidRPr="00475137">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t xml:space="preserve">MK 2022.gada 27.septembra noteikumi Nr.595 “Noteikumi par Latvijas zinātnes nozaru grupām, zinātnes nozarēm un apakšnozarēm” </w:t>
+          <w:t xml:space="preserve">MK 2022.gada 27.septembra noteikumi Nr.595 “Noteikumi par Latvijas zinātnes nozaru grupām, zinātnes nozarēm un </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00475137">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>apakšnozarēm</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00475137">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">” </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="5EFA4650">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="30E110F8" w14:textId="77777777" w:rsidR="00580DEF" w:rsidRDefault="00580DEF" w:rsidP="00580DEF">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
       </w:pPr>
       <w:r w:rsidRPr="1038E7E4">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="1038E7E4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Starptautisko pasākumu formāts tiks precizēts pirms pasākuma atbilstoši organizatoru noteiktajam</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Starptautisko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pasākumu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>formāts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tiks</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>precizēts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pirms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pasākuma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>atbilstoši</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>organizatoru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1038E7E4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>noteiktajam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3020"/>
       <w:gridCol w:w="3020"/>
       <w:gridCol w:w="3020"/>
     </w:tblGrid>
     <w:tr w:rsidR="19B3AF66" w14:paraId="71EE25B6" w14:textId="77777777" w:rsidTr="19B3AF66">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3020" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="326AC958" w14:textId="4E77D11C" w:rsidR="19B3AF66" w:rsidRDefault="19B3AF66" w:rsidP="19B3AF66">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:left="-115"/>
             <w:jc w:val="left"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3020" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="44A17A89" w14:textId="3B52837D" w:rsidR="19B3AF66" w:rsidRDefault="19B3AF66" w:rsidP="19B3AF66">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3020" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="73E7575E" w14:textId="525F388C" w:rsidR="19B3AF66" w:rsidRDefault="19B3AF66" w:rsidP="19B3AF66">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="34BB2886" w14:textId="7FE75ADD" w:rsidR="19B3AF66" w:rsidRDefault="19B3AF66" w:rsidP="19B3AF66">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="56AB77CD" w14:textId="77777777" w:rsidR="00B743DE" w:rsidRDefault="00B743DE" w:rsidP="00B743DE">
+  <w:p w14:paraId="56AB77CD" w14:textId="3BB436CB" w:rsidR="00B743DE" w:rsidRPr="00A15818" w:rsidRDefault="00CD14A0" w:rsidP="00A15818">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2696"/>
+        <w:tab w:val="center" w:pos="4535"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="74" w:hanging="2"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="001A5C44">
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="22"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="749FD2E6" wp14:editId="1D84FEAF">
-[...2 lines deleted...]
-          <wp:docPr id="361288814" name="Attēls 1"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E243199" wp14:editId="6A6AA94F">
+          <wp:extent cx="2886067" cy="1067304"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="94448111" name="Picture 2" descr="A blue and red logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="94448111" name="Picture 2" descr="A blue and red logo&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2316728" cy="856004"/>
+                    <a:ext cx="2913340" cy="1077390"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="58EC66F4" w14:textId="61640F4A" w:rsidR="00B743DE" w:rsidRPr="00B743DE" w:rsidRDefault="00B743DE" w:rsidP="00B743DE">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B743DE">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>ESF+ projekts Nr. 4.2.2.3/1/24/I/001 "Pedagogu profesionālā atbalsta sistēmas izveide"</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5C73E5F3" w14:textId="0BFC659A" w:rsidR="00351089" w:rsidRDefault="00351089" w:rsidP="65556960">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BE56FE7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4EEC0BBA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="422" w:hanging="422"/>
       </w:pPr>
       <w:rPr>
@@ -5600,76 +5490,78 @@
         <w:ind w:left="4690" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5410" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6130" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35DD2572"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B4D4B376"/>
+    <w:tmpl w:val="968AB51C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
+        <w:strike w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
+        <w:strike w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1224" w:hanging="504"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
@@ -7104,218 +6996,300 @@
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1242759884">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="399711893">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="857427441">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1060980695">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1183786501">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1464733449">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F1B21"/>
     <w:rsid w:val="00020750"/>
+    <w:rsid w:val="000318E9"/>
     <w:rsid w:val="0003B0B9"/>
     <w:rsid w:val="00051B34"/>
     <w:rsid w:val="0006103C"/>
     <w:rsid w:val="00081818"/>
     <w:rsid w:val="000928D0"/>
+    <w:rsid w:val="000931A7"/>
+    <w:rsid w:val="000D1537"/>
     <w:rsid w:val="000E01C9"/>
     <w:rsid w:val="00105D69"/>
+    <w:rsid w:val="00111C2C"/>
+    <w:rsid w:val="00140323"/>
+    <w:rsid w:val="00164C91"/>
     <w:rsid w:val="0016604C"/>
     <w:rsid w:val="00180F56"/>
+    <w:rsid w:val="00197A32"/>
     <w:rsid w:val="001C258B"/>
     <w:rsid w:val="001C3172"/>
     <w:rsid w:val="001D08F3"/>
     <w:rsid w:val="001D4B49"/>
+    <w:rsid w:val="001F3185"/>
     <w:rsid w:val="00207075"/>
     <w:rsid w:val="00209E11"/>
+    <w:rsid w:val="00220CE9"/>
     <w:rsid w:val="002356A4"/>
     <w:rsid w:val="0024316B"/>
     <w:rsid w:val="00255478"/>
     <w:rsid w:val="00259652"/>
     <w:rsid w:val="002850E5"/>
+    <w:rsid w:val="0029278D"/>
+    <w:rsid w:val="002A17EE"/>
     <w:rsid w:val="002B362B"/>
     <w:rsid w:val="002E1698"/>
     <w:rsid w:val="00320219"/>
+    <w:rsid w:val="00323731"/>
     <w:rsid w:val="00323B5C"/>
     <w:rsid w:val="00351089"/>
+    <w:rsid w:val="0035494F"/>
     <w:rsid w:val="003569E2"/>
+    <w:rsid w:val="003668A9"/>
     <w:rsid w:val="003713CD"/>
     <w:rsid w:val="003A2AED"/>
     <w:rsid w:val="003A7B7C"/>
     <w:rsid w:val="003AC2EE"/>
+    <w:rsid w:val="003B04F8"/>
+    <w:rsid w:val="003C2C6F"/>
+    <w:rsid w:val="003D5377"/>
+    <w:rsid w:val="003E0D0C"/>
+    <w:rsid w:val="003E1051"/>
     <w:rsid w:val="003E6988"/>
     <w:rsid w:val="00406B43"/>
     <w:rsid w:val="004125F1"/>
     <w:rsid w:val="0044077A"/>
     <w:rsid w:val="0047192A"/>
     <w:rsid w:val="00472DF9"/>
     <w:rsid w:val="00475137"/>
+    <w:rsid w:val="00480955"/>
     <w:rsid w:val="00485BE5"/>
+    <w:rsid w:val="004A5800"/>
+    <w:rsid w:val="004A604A"/>
+    <w:rsid w:val="004B1418"/>
     <w:rsid w:val="004B7DD4"/>
     <w:rsid w:val="004C539A"/>
+    <w:rsid w:val="004C75A3"/>
     <w:rsid w:val="004E19EA"/>
     <w:rsid w:val="004F5B23"/>
     <w:rsid w:val="004F7F88"/>
+    <w:rsid w:val="005105C3"/>
     <w:rsid w:val="00512514"/>
     <w:rsid w:val="005272C8"/>
+    <w:rsid w:val="00542658"/>
     <w:rsid w:val="00545239"/>
     <w:rsid w:val="00562622"/>
+    <w:rsid w:val="00573C59"/>
     <w:rsid w:val="00580DEF"/>
+    <w:rsid w:val="005878A3"/>
     <w:rsid w:val="005A1CA9"/>
+    <w:rsid w:val="005A5617"/>
     <w:rsid w:val="005B57B6"/>
+    <w:rsid w:val="005C15B1"/>
     <w:rsid w:val="005C32DA"/>
+    <w:rsid w:val="005C4FE3"/>
+    <w:rsid w:val="005C7199"/>
     <w:rsid w:val="005C7AF6"/>
     <w:rsid w:val="005E263A"/>
     <w:rsid w:val="006116EA"/>
     <w:rsid w:val="006399EA"/>
+    <w:rsid w:val="00641A73"/>
     <w:rsid w:val="00667EA0"/>
+    <w:rsid w:val="00671EA0"/>
+    <w:rsid w:val="00687295"/>
+    <w:rsid w:val="006D4632"/>
     <w:rsid w:val="006D54A8"/>
+    <w:rsid w:val="006E098D"/>
+    <w:rsid w:val="006E4347"/>
     <w:rsid w:val="006E5F0A"/>
+    <w:rsid w:val="00711601"/>
+    <w:rsid w:val="00722BF1"/>
     <w:rsid w:val="00723F9F"/>
+    <w:rsid w:val="00744AD9"/>
     <w:rsid w:val="0076D320"/>
     <w:rsid w:val="0078159D"/>
     <w:rsid w:val="0079578E"/>
+    <w:rsid w:val="007A62FF"/>
     <w:rsid w:val="007B2B08"/>
     <w:rsid w:val="007B5CEF"/>
     <w:rsid w:val="007D6A96"/>
     <w:rsid w:val="007E56C4"/>
     <w:rsid w:val="007E63E5"/>
     <w:rsid w:val="007E69D2"/>
     <w:rsid w:val="007F7031"/>
     <w:rsid w:val="00814522"/>
+    <w:rsid w:val="0081796A"/>
+    <w:rsid w:val="00823A37"/>
     <w:rsid w:val="00826B08"/>
     <w:rsid w:val="00846BFC"/>
+    <w:rsid w:val="00873FF6"/>
     <w:rsid w:val="00874C0A"/>
     <w:rsid w:val="00874D97"/>
     <w:rsid w:val="008A3075"/>
+    <w:rsid w:val="008A7999"/>
     <w:rsid w:val="008C2BCA"/>
     <w:rsid w:val="008E033C"/>
     <w:rsid w:val="008E1FEB"/>
     <w:rsid w:val="008E2DC8"/>
+    <w:rsid w:val="008E5A9F"/>
     <w:rsid w:val="008E77B1"/>
     <w:rsid w:val="008F4801"/>
     <w:rsid w:val="00900894"/>
     <w:rsid w:val="0091222C"/>
     <w:rsid w:val="0091568C"/>
     <w:rsid w:val="009257B4"/>
+    <w:rsid w:val="0093167A"/>
     <w:rsid w:val="00954806"/>
+    <w:rsid w:val="00957C56"/>
     <w:rsid w:val="00962232"/>
     <w:rsid w:val="0096259F"/>
+    <w:rsid w:val="00975B84"/>
     <w:rsid w:val="00976104"/>
     <w:rsid w:val="00986A83"/>
     <w:rsid w:val="009AD4A7"/>
+    <w:rsid w:val="009B014F"/>
+    <w:rsid w:val="009C2C8D"/>
+    <w:rsid w:val="009D2FAB"/>
     <w:rsid w:val="009D3C0C"/>
+    <w:rsid w:val="009F0874"/>
     <w:rsid w:val="009F1B21"/>
+    <w:rsid w:val="009F26C8"/>
     <w:rsid w:val="009F30DD"/>
     <w:rsid w:val="00A01C5D"/>
     <w:rsid w:val="00A143BB"/>
+    <w:rsid w:val="00A15818"/>
     <w:rsid w:val="00A1733E"/>
     <w:rsid w:val="00A40E53"/>
     <w:rsid w:val="00A643C5"/>
     <w:rsid w:val="00A65C72"/>
     <w:rsid w:val="00A710C5"/>
     <w:rsid w:val="00A885E4"/>
+    <w:rsid w:val="00AA4882"/>
     <w:rsid w:val="00AB498B"/>
     <w:rsid w:val="00AC1F28"/>
+    <w:rsid w:val="00AD29E4"/>
+    <w:rsid w:val="00AD5284"/>
     <w:rsid w:val="00AE42BE"/>
     <w:rsid w:val="00AE5ACE"/>
     <w:rsid w:val="00AF4BF0"/>
     <w:rsid w:val="00B035D7"/>
     <w:rsid w:val="00B05FC5"/>
     <w:rsid w:val="00B10B38"/>
     <w:rsid w:val="00B2210A"/>
+    <w:rsid w:val="00B26E23"/>
     <w:rsid w:val="00B44BA6"/>
     <w:rsid w:val="00B51C02"/>
+    <w:rsid w:val="00B53813"/>
     <w:rsid w:val="00B634CC"/>
+    <w:rsid w:val="00B67892"/>
     <w:rsid w:val="00B743DE"/>
     <w:rsid w:val="00B806C6"/>
     <w:rsid w:val="00BA7E9A"/>
+    <w:rsid w:val="00BC0759"/>
     <w:rsid w:val="00BC5A50"/>
+    <w:rsid w:val="00BE1742"/>
     <w:rsid w:val="00BF7F33"/>
     <w:rsid w:val="00C05825"/>
     <w:rsid w:val="00C25CB6"/>
+    <w:rsid w:val="00C3095E"/>
+    <w:rsid w:val="00C32F2F"/>
+    <w:rsid w:val="00C600B4"/>
+    <w:rsid w:val="00CC66FD"/>
+    <w:rsid w:val="00CD14A0"/>
+    <w:rsid w:val="00CE1553"/>
     <w:rsid w:val="00CF041E"/>
     <w:rsid w:val="00CF43CA"/>
+    <w:rsid w:val="00CF5525"/>
+    <w:rsid w:val="00D03056"/>
     <w:rsid w:val="00D03BEF"/>
     <w:rsid w:val="00D120D0"/>
+    <w:rsid w:val="00D2068C"/>
+    <w:rsid w:val="00D2696E"/>
     <w:rsid w:val="00D54016"/>
+    <w:rsid w:val="00D5754D"/>
+    <w:rsid w:val="00D85445"/>
     <w:rsid w:val="00DA303D"/>
+    <w:rsid w:val="00DA7C95"/>
     <w:rsid w:val="00DC47A1"/>
     <w:rsid w:val="00DE51BE"/>
     <w:rsid w:val="00DF6442"/>
     <w:rsid w:val="00E15C4B"/>
+    <w:rsid w:val="00E512E9"/>
     <w:rsid w:val="00E5537D"/>
     <w:rsid w:val="00E753C4"/>
     <w:rsid w:val="00E95BD8"/>
     <w:rsid w:val="00EA54E8"/>
     <w:rsid w:val="00EB5B6D"/>
     <w:rsid w:val="00ED6F2D"/>
+    <w:rsid w:val="00EE1BDB"/>
     <w:rsid w:val="00EE4C0E"/>
     <w:rsid w:val="00F00E8E"/>
     <w:rsid w:val="00F10E9E"/>
     <w:rsid w:val="00F163ED"/>
     <w:rsid w:val="00F244F2"/>
     <w:rsid w:val="00F31F1A"/>
     <w:rsid w:val="00F555C9"/>
     <w:rsid w:val="00F57639"/>
     <w:rsid w:val="00F9252E"/>
     <w:rsid w:val="00FC5BA8"/>
+    <w:rsid w:val="00FD4154"/>
+    <w:rsid w:val="00FE01F4"/>
     <w:rsid w:val="00FE2309"/>
     <w:rsid w:val="00FE4D1D"/>
     <w:rsid w:val="00FF5208"/>
     <w:rsid w:val="0106BEA7"/>
     <w:rsid w:val="010F5268"/>
     <w:rsid w:val="0121D13C"/>
     <w:rsid w:val="0128C529"/>
     <w:rsid w:val="015202FC"/>
     <w:rsid w:val="0187E799"/>
     <w:rsid w:val="01895FCC"/>
     <w:rsid w:val="01960715"/>
     <w:rsid w:val="01BCCDC9"/>
     <w:rsid w:val="01CB2038"/>
     <w:rsid w:val="01E4C301"/>
     <w:rsid w:val="01FC0309"/>
     <w:rsid w:val="0219FF03"/>
     <w:rsid w:val="0222F790"/>
     <w:rsid w:val="02259F57"/>
     <w:rsid w:val="0231353B"/>
     <w:rsid w:val="02351B9D"/>
     <w:rsid w:val="02361F75"/>
     <w:rsid w:val="0249755C"/>
     <w:rsid w:val="0255BBAB"/>
     <w:rsid w:val="0261CBB1"/>
     <w:rsid w:val="02680219"/>
@@ -9371,835 +9345,857 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:spacing w:after="13" w:line="388" w:lineRule="auto"/>
       <w:ind w:left="10" w:right="76"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts2Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts3Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Virsraksts4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts4Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Virsraksts5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading5Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts5Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Virsraksts6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading6Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts6Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
+  <w:style w:type="paragraph" w:styleId="Virsraksts7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading7Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts7Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading8">
+  <w:style w:type="paragraph" w:styleId="Virsraksts8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading8Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts8Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Virsraksts9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading9Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts9Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
+    <w:name w:val="Virsraksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
+    <w:name w:val="Virsraksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
+    <w:name w:val="Virsraksts 4 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts5Rakstz">
+    <w:name w:val="Virsraksts 5 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts6Rakstz">
+    <w:name w:val="Virsraksts 6 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts7Rakstz">
+    <w:name w:val="Virsraksts 7 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts8Rakstz">
+    <w:name w:val="Virsraksts 8 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts9Rakstz">
+    <w:name w:val="Virsraksts 9 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Nosaukums">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="TitleChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="NosaukumsRakstz"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
+    <w:name w:val="Nosaukums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Nosaukums"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Apakvirsraksts">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="SubtitleChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="ApakvirsrakstsRakstz"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:ind w:left="10"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Subtitle"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ApakvirsrakstsRakstz">
+    <w:name w:val="Apakšvirsraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Apakvirsraksts"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Quote">
+  <w:style w:type="paragraph" w:styleId="Citts">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="QuoteChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="CittsRakstz"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
-[...2 lines deleted...]
-    <w:link w:val="Quote"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CittsRakstz">
+    <w:name w:val="Citāts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Citts"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseEmphasis">
+  <w:style w:type="character" w:styleId="Intensvsizclums">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+  <w:style w:type="paragraph" w:styleId="Intensvscitts">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="IntenseQuoteChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="IntensvscittsRakstz"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
-[...2 lines deleted...]
-    <w:link w:val="IntenseQuote"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntensvscittsRakstz">
+    <w:name w:val="Intensīvs citāts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Intensvscitts"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseReference">
+  <w:style w:type="character" w:styleId="Intensvaatsauce">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="009F1B21"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009F1B21"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F1B21"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009F1B21"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001D4B49"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Vresteksts">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VrestekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00580DEF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-[...2 lines deleted...]
-    <w:link w:val="FootnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
+    <w:name w:val="Vēres teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Vresteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00580DEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Vresatsauce">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00580DEF"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Parastatabula"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FB4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Komentrateksts"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0006103C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Komentratma">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Komentrateksts"/>
+    <w:next w:val="Komentrateksts"/>
+    <w:link w:val="KomentratmaRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA7E9A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
+    <w:name w:val="Komentāra tēma Rakstz."/>
+    <w:basedOn w:val="KomentratekstsRakstz"/>
+    <w:link w:val="Komentratma"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA7E9A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="Izmantotahipersaite">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D120D0"/>
     <w:rPr>
       <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008A3075"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Balonteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008A3075"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DE51BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Neatrisintapieminana">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B67892"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xmsonormal">
+    <w:name w:val="x_msonormal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:rsid w:val="009D2FAB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1086028453">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1141649595">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -10223,51 +10219,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1677926900">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zpd@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.viaa.gov.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.viaa.gov.lv/lv/personas-datu-apstrade-valsts-izglitibas-attistibas-agentura" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atbalsts.refined.site/space/VPS" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.izm.gov.lv/lv/valsts-parbaudijumu-informacijas-sistema" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.izm.gov.lv/lv/valsts-parbaudijumu-informacijas-sistema" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zpd@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.viaa.gov.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edu.lu.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.viaa.gov.lv/lv/personas-datu-apstrade-valsts-izglitibas-attistibas-agentura" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/335928-noteikumi-par-latvijas-zinatnes-nozaru-grupam-zinatnes-nozarem-un-apaksnozarem" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/documenttasks/documenttasks1.xml><?xml version="1.0" encoding="utf-8"?>
 <t:Tasks xmlns:t="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <t:Task id="{ACF98E8D-8259-45D0-904D-BC99C2DF3917}">
     <t:Anchor>
       <t:Comment id="1612327781"/>
     </t:Anchor>
     <t:History>
       <t:Event id="{88CFCD52-3C49-4723-BA45-F69464B6988D}" time="2025-09-15T13:07:05.9Z">
         <t:Attribution userId="S::ruta.reine@viaa.gov.lv::2c2804ba-f502-4ffa-ac1b-63c514159280" userProvider="AD" userName="Rūta Reine"/>
         <t:Anchor>
           <t:Comment id="1612327781"/>
         </t:Anchor>
         <t:Create/>
       </t:Event>
       <t:Event id="{80612CAB-DAAF-4F3D-8952-57AA11CDFE95}" time="2025-09-15T13:07:05.9Z">
@@ -10587,74 +10583,65 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="eb8830ea-345f-44d1-aaa2-9a83c43a0d24">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="94ab1034-69d9-45b7-be84-969c0ce331a6" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101001356A3863EA37E4DB2D98AE93A7E4CC6" ma:contentTypeVersion="13" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="e2bfbd667fb7bfd47ab9108042813fb6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="eb8830ea-345f-44d1-aaa2-9a83c43a0d24" xmlns:ns3="94ab1034-69d9-45b7-be84-969c0ce331a6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2912dc57d601e6d0e73f33d908939b74" ns2:_="" ns3:_="">
     <xsd:import namespace="eb8830ea-345f-44d1-aaa2-9a83c43a0d24"/>
     <xsd:import namespace="94ab1034-69d9-45b7-be84-969c0ce331a6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -10817,133 +10804,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63D53BFC-B2DF-4984-812B-89B5D9A9C7F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="eb8830ea-345f-44d1-aaa2-9a83c43a0d24"/>
     <ds:schemaRef ds:uri="94ab1034-69d9-45b7-be84-969c0ce331a6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{640C541B-8041-4D75-8E1F-B2735E482075}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB363CF4-384B-4D18-B655-F0083E3EF3DE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F404298-EB21-43D0-80BF-D88ECB979DD3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="eb8830ea-345f-44d1-aaa2-9a83c43a0d24"/>
     <ds:schemaRef ds:uri="94ab1034-69d9-45b7-be84-969c0ce331a6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{640C541B-8041-4D75-8E1F-B2735E482075}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>10620</Words>
-  <Characters>6054</Characters>
+  <Words>9990</Words>
+  <Characters>5695</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Nosaukums</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16641</CharactersWithSpaces>
+  <CharactersWithSpaces>15654</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rūta Reine</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001356A3863EA37E4DB2D98AE93A7E4CC6</vt:lpwstr>
   </property>