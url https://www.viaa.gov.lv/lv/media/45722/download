--- v0 (2025-10-08)
+++ v1 (2026-01-14)
@@ -20,102 +20,78 @@
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5CE4E86E" w14:textId="0FF03DAA" w:rsidR="000123F4" w:rsidRPr="00F2653B" w:rsidRDefault="000123F4" w:rsidP="000123F4">
       <w:pPr>
-        <w:pStyle w:val="Title"/>
+        <w:pStyle w:val="Nosaukums"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54B5BD45" w14:textId="77777777" w:rsidR="000123F4" w:rsidRPr="00F2653B" w:rsidRDefault="000123F4" w:rsidP="00E57351">
-[...22 lines deleted...]
-    </w:p>
     <w:p w14:paraId="55F88B93" w14:textId="1C3A0067" w:rsidR="4B294FE9" w:rsidRPr="00F2653B" w:rsidRDefault="4B294FE9" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Virsraksts3"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1456"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E7AEFB9" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D4B7B2C" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46135B05" w14:textId="77777777" w:rsidR="00A044D7" w:rsidRPr="00F2653B" w:rsidRDefault="00A044D7" w:rsidP="00A044D7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5299" w:right="72" w:hanging="3859"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">APSTIPRINĀTS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F97B648" w14:textId="176FA20F" w:rsidR="00A044D7" w:rsidRPr="00F2653B" w:rsidRDefault="00A044D7" w:rsidP="00A044D7">
@@ -128,131 +104,150 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ar  Valsts izglītības</w:t>
       </w:r>
       <w:r w:rsidR="007A4B59" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> attīstības aģentūras</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63E9D44E" w14:textId="77777777" w:rsidR="008D0E4B" w:rsidRPr="00485BE5" w:rsidRDefault="008D0E4B" w:rsidP="008D0E4B">
+    <w:p w14:paraId="5B6C94BF" w14:textId="2923D98C" w:rsidR="00BC7CBD" w:rsidRPr="00BC7CBD" w:rsidRDefault="008D0E4B" w:rsidP="00BC7CBD">
       <w:pPr>
         <w:spacing w:after="13" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5299" w:right="72" w:hanging="3859"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485BE5">
-        <w:t>2025. gada 3. oktobra rīkojumu Nr.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2025. gada </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7CBD">
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="00E359AE">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006862EF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E359AE">
+        <w:t>decembra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00485BE5">
+        <w:t xml:space="preserve"> rīkojumu Nr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7CBD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7CBD" w:rsidRPr="00BC7CBD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7CBD" w:rsidRPr="00BC7CBD">
+        <w:t>7.-1.1.3/25/97</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E9D44E" w14:textId="6F93379B" w:rsidR="008D0E4B" w:rsidRPr="00485BE5" w:rsidRDefault="008D0E4B" w:rsidP="008D0E4B">
+      <w:pPr>
+        <w:spacing w:after="13" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="5299" w:right="72" w:hanging="3859"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="212529"/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00485BE5">
-[...15 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="53C147A3" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38E60D69" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="6C9D3CC6" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C9D3CC6" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
-[...10 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="37552B14" w14:textId="1793F73D" w:rsidR="00A40449" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="28799358" w14:textId="77777777" w:rsidR="00402EF8" w:rsidRPr="00F2653B" w:rsidRDefault="00402EF8" w:rsidP="00EB11D8">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="59625EED" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="102"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DE0A0EF" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -357,203 +352,247 @@
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidR="00E83AD1" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>vērtēšanai</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DD08DC3" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64DB2982" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46D45EDB" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C47D059" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A10C989" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0110797F" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70119FC0" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F2A85CE" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D5C1B5C" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61926512" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="483C5CC6" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EBFEDB9" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="340FAB39" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58287B74" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2414F180" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5281859A" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="5281859A" w14:textId="77777777" w:rsidR="00A40449" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1431B423" w14:textId="77777777" w:rsidR="00402EF8" w:rsidRDefault="00402EF8" w:rsidP="00EB11D8">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="774C3AFB" w14:textId="77777777" w:rsidR="00402EF8" w:rsidRDefault="00402EF8" w:rsidP="00EB11D8">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37ABF862" w14:textId="77777777" w:rsidR="00402EF8" w:rsidRDefault="00402EF8" w:rsidP="00EB11D8">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FEE0E13" w14:textId="77777777" w:rsidR="00402EF8" w:rsidRPr="00F2653B" w:rsidRDefault="00402EF8" w:rsidP="00EB11D8">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DEF576F" w14:textId="7C0393AF" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="000123F4" w:rsidRPr="00F2653B">
@@ -614,51 +653,51 @@
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Textbox 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="76200" cy="168910"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="2004819B" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="00A40449">
                             <w:pPr>
-                              <w:pStyle w:val="BodyText"/>
+                              <w:pStyle w:val="Pamatteksts"/>
                               <w:spacing w:line="266" w:lineRule="exact"/>
                               <w:ind w:left="0"/>
                             </w:pPr>
                             <w:bookmarkStart w:id="0" w:name="_bookmark0"/>
                             <w:bookmarkEnd w:id="0"/>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-10"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
@@ -839,82 +878,81 @@
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Saturs</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="201404070"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="1D43F7F0" w14:textId="247CCF28" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="Saturs1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9568"/>
             </w:tabs>
             <w:spacing w:before="359"/>
             <w:ind w:left="0" w:firstLine="0"/>
           </w:pPr>
           <w:hyperlink w:anchor="_bookmark1" w:history="1">
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Ievads</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="538B8116" w14:textId="6A5A6045" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="Saturs1"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="4"/>
             </w:numPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="986"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9568"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
           <w:hyperlink w:anchor="_bookmark2" w:history="1">
             <w:r w:rsidRPr="00F2653B">
               <w:t>Pētījuma</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:t>izstrādes</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
@@ -922,153 +960,133 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>process</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007B03C6" w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="29E40D19" w14:textId="3F7FCFB6" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="0085486C" w:rsidP="0085486C">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
+            <w:pStyle w:val="Saturs2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1221"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9563"/>
             </w:tabs>
             <w:ind w:left="643" w:firstLine="0"/>
           </w:pPr>
           <w:r w:rsidRPr="00F2653B">
             <w:t xml:space="preserve">1.1. </w:t>
           </w:r>
-          <w:r w:rsidR="00A40449">
-[...43 lines deleted...]
-          </w:r>
+          <w:hyperlink w:anchor="_bookmark3" w:history="1">
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:t>Pētījuma</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:t>izstrādes</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>posmi</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="007B03C6" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="2CD74556" w14:textId="74F6EFB1" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="0085486C" w:rsidP="0085486C">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
+            <w:pStyle w:val="Saturs2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1221"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9563"/>
             </w:tabs>
             <w:spacing w:before="99"/>
             <w:ind w:left="643" w:firstLine="0"/>
           </w:pPr>
           <w:r w:rsidRPr="00F2653B">
             <w:t xml:space="preserve">1.2. </w:t>
           </w:r>
-          <w:r w:rsidR="00A40449">
-[...28 lines deleted...]
-          </w:r>
+          <w:hyperlink w:anchor="_bookmark4" w:history="1">
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:t>Pētījuma</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ētika</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="007B03C6" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="598BB222" w14:textId="49531707" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="Saturs1"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="4"/>
             </w:numPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="986"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9568"/>
             </w:tabs>
             <w:spacing w:before="100"/>
             <w:ind w:left="0"/>
           </w:pPr>
           <w:hyperlink w:anchor="_bookmark5" w:history="1">
             <w:r w:rsidRPr="00F2653B">
               <w:t>Zinātniskās</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:t>pētniecības</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
@@ -1095,51 +1113,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> struktūra</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C50CC8" w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="007B03C6" w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="5F3D9D8A" w14:textId="744C77F4" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="Saturs1"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="4"/>
             </w:numPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="986"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9568"/>
             </w:tabs>
             <w:ind w:left="0"/>
           </w:pPr>
           <w:hyperlink w:anchor="_bookmark6" w:history="1">
             <w:r w:rsidRPr="00F2653B">
               <w:t>Zinātniskās</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:t>pētniecības</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
@@ -1189,51 +1207,51 @@
               </w:rPr>
               <w:t>noformējums</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00A51268" w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="59D19325" w14:textId="1230C207" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="Saturs1"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="4"/>
             </w:numPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="986"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9568"/>
             </w:tabs>
             <w:spacing w:before="241"/>
             <w:ind w:left="0"/>
           </w:pPr>
           <w:hyperlink w:anchor="_bookmark7" w:history="1">
             <w:r w:rsidRPr="00F2653B">
               <w:t>Zinātniskās</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:t>pētniecības</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
@@ -1257,221 +1275,191 @@
               </w:rPr>
               <w:t>aizstāvēšana</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="007B03C6" w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="5806CE61" w14:textId="7FA6FCA1" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="0085486C" w:rsidP="0085486C">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
+            <w:pStyle w:val="Saturs2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1221"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9563"/>
             </w:tabs>
             <w:ind w:left="643" w:firstLine="0"/>
           </w:pPr>
           <w:r w:rsidRPr="00F2653B">
             <w:t xml:space="preserve">4.1. </w:t>
           </w:r>
-          <w:r w:rsidR="00A40449">
-[...43 lines deleted...]
-          </w:r>
+          <w:hyperlink w:anchor="_bookmark8" w:history="1">
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Plakāta</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>sagatavošana</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007B03C6" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="18283436" w14:textId="0240C065" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="0085486C" w:rsidP="0085486C">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
+            <w:pStyle w:val="Saturs2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1221"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9563"/>
             </w:tabs>
             <w:spacing w:before="101"/>
             <w:ind w:left="643" w:firstLine="0"/>
           </w:pPr>
           <w:r w:rsidRPr="00F2653B">
             <w:t xml:space="preserve">4.2. </w:t>
           </w:r>
-          <w:r w:rsidR="00A40449">
-[...40 lines deleted...]
-          </w:r>
+          <w:hyperlink w:anchor="_bookmark9" w:history="1">
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:t>Datorprezentācijas</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>sagatavošana</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007B03C6" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="5967AE58" w14:textId="67A1EBC5" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="0085486C" w:rsidP="0085486C">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
+            <w:pStyle w:val="Saturs2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1221"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9563"/>
             </w:tabs>
             <w:spacing w:before="98"/>
             <w:ind w:left="643" w:firstLine="0"/>
           </w:pPr>
           <w:r w:rsidRPr="00F2653B">
             <w:t xml:space="preserve">4.3. </w:t>
           </w:r>
-          <w:r w:rsidR="00A40449">
-[...40 lines deleted...]
-          </w:r>
+          <w:hyperlink w:anchor="_bookmark10" w:history="1">
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:t>Darba</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>prezentēšana</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007B03C6" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="79983EAE" w14:textId="02E47E4E" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="Saturs1"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="4"/>
             </w:numPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="986"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9568"/>
             </w:tabs>
             <w:spacing w:before="101"/>
             <w:ind w:left="0"/>
           </w:pPr>
           <w:hyperlink w:anchor="_bookmark11" w:history="1">
             <w:r w:rsidRPr="00F2653B">
               <w:t>Zinātniskās</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:t>pētniecības</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
@@ -1495,210 +1483,190 @@
               </w:rPr>
               <w:t>vērtēšana</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C50CC8" w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="007B03C6" w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="60A99BCF" w14:textId="0A5A9FEA" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="0085486C" w:rsidP="0085486C">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
+            <w:pStyle w:val="Saturs2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1221"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9563"/>
             </w:tabs>
             <w:ind w:left="643" w:firstLine="0"/>
           </w:pPr>
           <w:r w:rsidRPr="00F2653B">
             <w:t xml:space="preserve">5.1. </w:t>
           </w:r>
-          <w:r w:rsidR="00A40449">
-[...61 lines deleted...]
-          </w:r>
+          <w:hyperlink w:anchor="_bookmark12" w:history="1">
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:t>Zinātniskās</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:t>pētniecības</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:t>darbu</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:t>reģionālā</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> konference</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00C50CC8" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="007B03C6" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="65CB451D" w14:textId="23F30C2E" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="0085486C" w:rsidP="0085486C">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
+            <w:pStyle w:val="Saturs2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1221"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9563"/>
             </w:tabs>
             <w:spacing w:before="101"/>
             <w:ind w:left="643" w:firstLine="0"/>
           </w:pPr>
           <w:r w:rsidRPr="00F2653B">
             <w:t xml:space="preserve">5.2. </w:t>
           </w:r>
-          <w:r w:rsidR="00A40449">
-[...67 lines deleted...]
-          </w:r>
+          <w:hyperlink w:anchor="_bookmark13" w:history="1">
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:t>Zinātniskās</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:t>pētniecības</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:t>darbu</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:t>valsts</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>konference</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00C50CC8" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00501C9B" w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:hyperlink>
         </w:p>
         <w:p w14:paraId="7B867B0C" w14:textId="7C2FB088" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00B81279" w:rsidP="00EB11D8">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="Saturs1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9568"/>
             </w:tabs>
             <w:spacing w:before="241"/>
             <w:ind w:left="0" w:firstLine="0"/>
           </w:pPr>
           <w:r w:rsidRPr="00F2653B">
             <w:t>Pielikumi……………………………………………………………………………………  24</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="2F07E4BA" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C631AAD" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598"/>
     <w:p w14:paraId="54016557" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598"/>
@@ -1710,113 +1678,113 @@
     <w:p w14:paraId="76AAA718" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598"/>
     <w:p w14:paraId="274F1AA8" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598"/>
     <w:p w14:paraId="45C57978" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598"/>
     <w:p w14:paraId="62193874" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598"/>
     <w:p w14:paraId="5E3FF3EA" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598"/>
     <w:p w14:paraId="1E1BCA6B" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598"/>
     <w:p w14:paraId="1740842E" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598"/>
     <w:p w14:paraId="37DB2AC0" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598"/>
     <w:p w14:paraId="23F8464A" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598"/>
     <w:p w14:paraId="4382379B" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598"/>
     <w:p w14:paraId="7C8B52AB" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598"/>
     <w:p w14:paraId="0364EB38" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598"/>
     <w:p w14:paraId="712B703F" w14:textId="77777777" w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidRDefault="00154598" w:rsidP="00154598">
       <w:pPr>
         <w:sectPr w:rsidR="00154598" w:rsidRPr="00F2653B" w:rsidSect="00154598">
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:pgSz w:w="11910" w:h="16850"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DCFF461" w14:textId="30D2FE9B" w:rsidR="00EB11D8" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:spacing w:before="71"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_bookmark1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Ievads</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DA04922" w14:textId="77777777" w:rsidR="00652A4D" w:rsidRPr="00F2653B" w:rsidRDefault="00652A4D" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:spacing w:before="71"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A3EB6AB" w14:textId="501B12FA" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Vadlīnijas ir metodisks materiāls, kurā apkopoti ieteikumi kvalitatīva </w:t>
       </w:r>
       <w:r w:rsidR="00A51268" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">izglītojamo (turpmāk – skolēni) </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">zinātniskās pētniecības darba </w:t>
       </w:r>
       <w:r w:rsidR="56561884" w:rsidRPr="00F2653B">
         <w:t>(turpmāk – ZPD)</w:t>
       </w:r>
       <w:r w:rsidR="00BB6F1E" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> veikšanai. Tās paredzētas skolēniem</w:t>
       </w:r>
       <w:r w:rsidR="00D878B2" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> – jaunajiem pētniekiem</w:t>
       </w:r>
       <w:r w:rsidR="00BB6F1E" w:rsidRPr="00F2653B">
         <w:t>, darba vadītājiem, pieaicinātiem konsultantiem</w:t>
       </w:r>
       <w:r w:rsidR="56561884" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>un vērtētājiem (recenzentiem). Vadlīnijas iepazīstina ar darba veikšanas galvenajiem posmiem, temata izvēli, ZPD struktūru, teksta noformēšanu, darba aizstāvēšanu (prezentēšanu) un vērtēšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B26E9F7" w14:textId="77777777" w:rsidR="00652A4D" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00652A4D">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>skolēna</w:t>
       </w:r>
@@ -2072,139 +2040,139 @@
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="02ABEBB0" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ZPD </w:t>
       </w:r>
       <w:r w:rsidR="02ABEBB0" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir būtisks skolēnam personīgai izaugsmei, jo tas palīdz attīstīt vairākas svarīgas prasmes, kas noderēs turpmākajās mācībās un profesionālajā dzīvē, piemēram, ZPD veicina kritiskās domāšanas attīstību, palīdz attīstīt plānošanas un laika pārvaldības prasmes, kā arī pašmācības un pētniecības prasmes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C35F2A5" w14:textId="3ECA7920" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Pētījumā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>tiek</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>meklētas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>atbildes uz sabiedrībai vai zinātnei aktuālu jautājumu, par kuru šobrīd vēl ir nepietiekošas zināšanas, tiek meklēti pieteiktās problēmas risinājumi. Izvēlētai darba (pētījuma) tēmai ir jābūt</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>aktuālam un nozīmīgam ne tikai pašam darba veicējam, bet arī skolai vai pilsētai, vai reģionam, vai Latvijai un sabiedrībai kopum</w:t>
       </w:r>
       <w:r w:rsidR="0BA1C57D" w:rsidRPr="00F2653B">
         <w:t>ā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CAA995A" w14:textId="74A3E30C" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="006C3BDD" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:t>kolēns ir brīvs savas tēmas izvēlē. To var palīdzēt formulēt darba vadītājs un konsultants, tāpat kā noteikt izvēlētas tēmas piederību kādai no zinātņu</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:t>nozaru grupām vai nozarēm. Šaubu gadījumā par darba piederību zinātņu nozarei, ir lietderīgi</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:t>izvērtēt secinājumus un pēc tiem izvērtēt zinātņu nozari. Te labs palīgs vienmēr ir pētījumā izmantotā metodika, kas dažādām zinātņu jomām ir visai atšķirīga. Šādi gadījumi nav reti, ja pētījums pēc būtības ir starpdisciplinārs, un tad izvēlētā metodika un izdarītie secinājumi ir noteicošie</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:t>– tos nepieciešams salīdzināt ar zinātņu klasifikāciju, kas norādīta Latvijas skolēnu ZPD konferences nolikumā (turpmāk – Nolikums).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="719D9AB4" w14:textId="72A0E5B4" w:rsidR="00652A4D" w:rsidRPr="00F2653B" w:rsidRDefault="00652A4D" w:rsidP="5642C426">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>var</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>veikt</w:t>
       </w:r>
@@ -2312,51 +2280,51 @@
         </w:rPr>
         <w:t>skolēns</w:t>
       </w:r>
       <w:r w:rsidR="7C81E2A7" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> var iesniegt tikai </w:t>
       </w:r>
       <w:r w:rsidR="7C81E2A7" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>vienu ZPD</w:t>
       </w:r>
       <w:r w:rsidR="7C81E2A7" w:rsidRPr="00F2653B">
         <w:t>, kas izstrādāts individuāli vai grupā līdz diviem skolēniem.</w:t>
       </w:r>
       <w:r w:rsidR="1308B913" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02AFB421" w14:textId="77FC33DD" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="176D74E3" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Par veikto pētījumu liecina izstrādāts, atbilstoši noformēts un noteiktos termiņos iesniegts rakstisks darbs, kura saturs un noformējums ir atbilstošs vadlīnijām ZPD tiek prezentēts</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>konferencē,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>darba</w:t>
       </w:r>
@@ -2400,83 +2368,83 @@
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">datorprezentāciju vai stenda referātu (plakātu jeb </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t>posteri</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t>), kur secīgi un strukturēti tiek izklāstīta pētījuma būtība, gaita</w:t>
       </w:r>
       <w:r w:rsidR="2C75967D" w:rsidRPr="00F2653B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> iegūtie rezultāti un izdarīti secinājumi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C010E9D" w14:textId="35F72B46" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="176D74E3" w:rsidP="1AADB0B5">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Veicot ZPD, skolēnam ir jāizmanto citos mācību priekšmetos iegūtās zināšanas un prasmes, tā padziļinot mācība priekšmeta saturisko tvērumu, paaugstinot kompetenci un paplašinot zināšanas. ZPD var veikt arī tādās jomās, kuras kā atsevišķi mācību priekšmeti nav iekļautas vidusskolas programmā (piemēram, izglītības zinātne, inženierzinātne, socioloģija, tieslietas). Uzsākot pētniecības darbu, izvēlas zinātņu nozari, kurā tas tiks iesniegts un prezentēts. </w:t>
       </w:r>
       <w:r w:rsidR="4A226FD3" w:rsidRPr="00F2653B">
         <w:t>Ja darbs apvieno vairākas zinātņu nozares, tas jānorāda darba ievadā</w:t>
       </w:r>
       <w:r w:rsidR="7082FC5F" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="22E810E1" w:rsidRPr="00F2653B">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Arī darba izstrādes un rakstīšanas gaitā </w:t>
       </w:r>
       <w:r w:rsidR="2D117A7B" w:rsidRPr="00F2653B">
         <w:t>jāseko</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>, lai darba saturs atbilst izvēlētajai zinātņu nozarei.</w:t>
       </w:r>
       <w:r w:rsidR="16BB605B" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F9A84E2" w14:textId="5AA98C93" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Kvalitatīva </w:t>
       </w:r>
       <w:r w:rsidR="00B5535F" w:rsidRPr="00F2653B">
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> izstrāde skolēnam ļauj labāk sagatavoties studijām koledž</w:t>
       </w:r>
       <w:r w:rsidR="00B5535F" w:rsidRPr="00F2653B">
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> vai augstskolā</w:t>
       </w:r>
       <w:r w:rsidR="00B5535F" w:rsidRPr="00F2653B">
         <w:t>, t</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">āpēc skolēni pētījumam var izvēlēties ZPD nozari un tematu, tuvu vai radniecīgu iecerētajām </w:t>
       </w:r>
@@ -2489,115 +2457,115 @@
       </w:r>
       <w:r w:rsidR="219AFF1E" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">ālajā un valsts </w:t>
       </w:r>
       <w:r w:rsidR="11FE1290" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">ZPD konferencē </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>var dot nozīmīg</w:t>
       </w:r>
       <w:r w:rsidR="3FFAAF55" w:rsidRPr="00F2653B">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">s priekšrocības stājoties </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>augstskolās.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45E8C8DD" w14:textId="29918716" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Mērķtiecīgi izstrādājot ZPD, skolēns parāda savas spējas organizēt savu laiku un noteikt prioritātes, atrast, izmantot un analizēt zinātnisko literatūru un atbilstošas kvalitātes informācijas avotus, izvēlēties mērķa sasniegšanai atbilstošas pētniecības metodes, analizēt iegūtos datus, izteikt loģiskus, cēloņsakarībās balstītus spriedumus, patstāvīgi izdarīt secinājumus</w:t>
       </w:r>
       <w:r w:rsidR="0569AF46" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> un sniegt rekomendācijas pamanīto problēmu risināšanai</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>. Šādi</w:t>
       </w:r>
       <w:r w:rsidR="00B5535F" w:rsidRPr="00F2653B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> organizējot pētniecības darbu</w:t>
       </w:r>
       <w:r w:rsidR="00B5535F" w:rsidRPr="00F2653B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> nozīmīgi tiek attīstītas skolēna analītiskās spējas, kritiskā domāšana, prasme izmantot teorētiskās atziņas konkrētu problēmu izpētē, kā arī prezentēšanas prasmes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446F23E4" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:sectPr w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidSect="00216668">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:pgSz w:w="11910" w:h="16850"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="782" w:gutter="0"/>
           <w:pgNumType w:start="3"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F7E632F" w14:textId="0459B3F9" w:rsidR="00EB11D8" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00DE4C60">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="71"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_bookmark2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Pētījuma izstrādes process</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AEBAEC0" w14:textId="6D0B254D" w:rsidR="00EB11D8" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="1219" w:hanging="578"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_bookmark3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Pētījuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -2608,262 +2576,262 @@
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>izstrādes</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>posmi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00C13E47" w14:textId="0FEFF0AF" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Mērķtiecīgs pētījums ir veicams vairākos posmos, kas ļauj darb</w:t>
       </w:r>
       <w:r w:rsidR="00EB11D8" w:rsidRPr="00F2653B">
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> savlaicīgi veikt nepieciešamās izmaiņas un papildinājumus, bet neveiksmju gadījumā – iespējami ātri pārformulēt pētījuma mērķi un uzsākt tā izpildi. Tādēļ pētījuma izstrādei ir vairāki posmi:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="107ECD63" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pētījuma temata jeb tēmas izvēle;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B9A0D27" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pētījuma problēmas un aktualitātes formulēšana;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FF793BC" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>zinātniskās literatūras studijas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27EB4739" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>darba mērķa un uzdevumu formulēšana;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08182AD4" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pētījuma jautājuma vai pētījuma hipotēzes formulēšana;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="222FC7AE" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pētījuma plānošana un pētījuma metožu izvēle;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E0C2EB0" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>datu ievākšana vai apkopošana;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5467CC8F" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>datu apstrāde, rezultātu analīze un interpretācija, secinājumu formulēšana;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D1F73C0" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>teksta rediģēšana un noformēšana;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763975CC" w14:textId="0FC5BD9D" w:rsidR="00EB11D8" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00DE4C60">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pētījuma prezentēšana.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33BCB9BC" w14:textId="055826E6" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tema</w:t>
       </w:r>
       <w:r w:rsidR="075C8D84" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ta</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>izvēlei ir būtiska nozīme veiksmīga ZPD izstrādē. Temats pētniecības darba veikšanai jāizvēlas pašam skolēnam, tas ir</w:t>
       </w:r>
       <w:r w:rsidR="00EB11D8" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> tematam jāatbilst skolēna interesēm. Ideja, iespējams, rodas mācību stundā, tiek saklausīta kādā televīzijas vai radio</w:t>
       </w:r>
       <w:r w:rsidR="00EB11D8" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>raidījumā, tā var rasties pēc kāda interneta raksta izlasīšanas, pēc sarunas ar skolotāju vai klases biedriem. Temata izvēlē skolēnam ieteicams konsultēties ar darba vadītāju, ar kuru kopā formulēt pētījuma problēmu un aktualitāti un pētījuma pamata jautājumu un hipotēzi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A2E3E35" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Uzsākot pētījumu, vispirms formulē un pamato pētījuma </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>problēmu un aktualitāti</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>. Līdz</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ar</w:t>
       </w:r>
@@ -3037,147 +3005,147 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>studijas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>kādā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>konkrētā jautājumā. Tā var būt arī iedomāta (hipotētiska) problēma, kurai var būt nepieciešami izsvērti un zinātniski pamatoti risinājumi nākotnē.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="672364EF" w14:textId="582F44C7" w:rsidR="006C3BDD" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Pētījuma problēmai un aktualitāte</w:t>
       </w:r>
       <w:r w:rsidR="00EB11D8" w:rsidRPr="00F2653B">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> jābūt reālai un izpētāmai. Darba tekstā tai jābūt skaidri formulētai un pamatotai (izskaidrotai). Pārāk plašs </w:t>
       </w:r>
       <w:r w:rsidR="34A97EE8" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">vai šaurs </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pētījuma problēmas un aktualitātes izklāsts skolēnu ZPD ir ļoti bieži pieļauta kļūda</w:t>
       </w:r>
       <w:r w:rsidR="2D479966" w:rsidRPr="00F2653B">
         <w:t>. Vēl kā izplatītākā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> kļūda ir problēmas pamatojums, balstoties uz dažādiem nepatiesiem apgalvojumiem un nezinātniskiem skaidrojumiem interneta vietnēs, sociālos tīklos un tautas (sabiedriskās zinātnes) sagatavotos apskatos. Problēmai un tās aktualitātei ir jābūt zinātniski pamatotai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32F67C81" w14:textId="55972076" w:rsidR="006C3BDD" w:rsidRPr="00F2653B" w:rsidRDefault="382212E7" w:rsidP="00A84414">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Jau formulējot pētījuma problēmu un aktualitāti, ir svarīgi iepazīties ar jau esošo literatūru, kas nozīmē, ka ļoti liela nozīme ir atbilstošas literatūras izvēle</w:t>
       </w:r>
       <w:r w:rsidR="29579A00" w:rsidRPr="00F2653B">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> un zinātniskās literatūras analīze</w:t>
       </w:r>
       <w:r w:rsidR="29579A00" w:rsidRPr="00F2653B">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>. Tās lasīšana un informācijas meklēšana palīdz noskaidrot, kas par izvēlēto pētījuma tematu jau zināms un izpētīts un kas vēl nav izpētīts. Literatūras studijām ir svarīgi izvēlēties piemērotus avotus. Labākai izpratnei sākumā var palīdzēt mācību grāmatas un uzziņu literatūra, tomēr pētniecībai ar to nepietiek: jālasa zinātniskas publikācijas, kas sniedz informāciju par līdz šim veiktiem pētījumiem gan</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Latvijā, gan pasaulē. Zinātniskā literatūra ir pieejama, piemēram, augstskolu bibliotēkās, akadēmisko un zinātnisko publikāciju datu bāzēs un citur, piemēram, </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="346015A7" w:rsidRPr="00F2653B">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>Latvijas Nacionālās bibliotēkas datu bāz</w:t>
         </w:r>
         <w:r w:rsidR="0AC00E79" w:rsidRPr="00F2653B">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>ēs</w:t>
         </w:r>
         <w:r w:rsidR="6B3E0149" w:rsidRPr="00F2653B">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4D2DC7DF" w14:textId="331945A4" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="003E0E6A">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:lastRenderedPageBreak/>
         <w:t>Piemērotas literatūras atrašanā un analīzē palīdzēs ZPD vadītājs un, nepieciešamības gadījumā, arī konsultants.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AC11F92" w14:textId="12471BF4" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Balstoties uz pētījuma problēmu un tās aktualitāti, tiek izvirzīts pētījuma </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">mērķis. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Tam jāatbilst izvēlētajam tematam, jābūt sasniedzamam pētījuma laikā. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -3371,51 +3339,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>tiem visiem ir jābūt izpildāmiem un</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>katram no uzdevumiem ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> jāatbilst secinājumam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DE504FE" w14:textId="47D5771B" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Nākamais solis pētījuma procesā ir formulēt pētījuma jautājumu un/vai hipotēzi. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Hipotēze</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ir</w:t>
       </w:r>
@@ -3622,51 +3590,51 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>jāpārformulē</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>secīgi jāievieš korekcijas darba mērķī un uzdevumos. Pētījumos, kuros nav iespējams izvirzīt hipotēzi, tiek formulēts pētījuma jautājums vai jautājumi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05FD8621" w14:textId="65D101A6" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Veiksmīgi izvirzīts </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">pētījuma jautājums </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>precīzi norāda uz to, kas tieši tiks pētīts un ļauj</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>sasniegt</w:t>
       </w:r>
@@ -3948,115 +3916,115 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>nepieciešamas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>plašākas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>atbildes, piemēram, atbildēt uz jautājumiem “kā?”, “kādā veidā?”, “kāpēc?” u.tml.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A0F4B38" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Zinātniskā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pētījuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>vispārpieņemtie</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>kritēriji:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67C59C20" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1942"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pētījuma oriģinalitāte (jaunuma aktualitāte, zinātniskais pienesums) – pētījuma rezultāti ir jaunas atziņas, idejas, faktu materiāls vai problēmu praktiski risinājumi, kuri pirms tam nav aprakstīti nevienā citā darbā;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23037056" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1942"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pētījuma rezultātu pierādāmība – darbā atspoguļotie rezultāti, atziņas un secinājumi</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -4152,243 +4120,243 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>faktiem,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>un ar atbilstoši un korekti apstrādātiem datiem;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55F95E9E" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1942"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pētījuma rezultātu pārbaudāmība – pētījuma rezultātus var atkārtoti iegūt citi pētnieki, balstoties uz darbā sniegto datu ieguves un to apstrādes metožu detalizētu izklāstu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AAFC942" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Mērķtiecīgs pētījums paredz tā </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">plānošanu </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>un tā ietver pētījuma uzsākšanai nepieciešamo informāciju, atbildes uz jautājumiem, kā tiks iegūti pētījumam nepieciešamies dati, kā tie tiks apkopoti un analizēti. Plānošanā ir jāparedz visai detalizēti izstrādāts kalendārais plāns, kuram sekojot ir iespējams paveikt iecerēto pētniecības darbu laikā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24C8DE77" w14:textId="6B8C40B2" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Pētījuma mērķa un formulēto uzdevumu izpildei, ir nepieciešams izvēlēties atbilstošas </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>pētniecības metodes</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="66128AAE" w:rsidRPr="00F2653B">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>roblēmai un pētījuma jautājumam atbilstošu metožu izvēle ietver atbildes uz vairākiem jautājumiem:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="490B4DE0" w14:textId="7E59E2AE" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="7D848383" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="67A71C42" w:rsidRPr="00F2653B">
         <w:t>ādas datu ievākšanas metodes tiks izmantotas</w:t>
       </w:r>
       <w:r w:rsidR="771D2478" w:rsidRPr="00F2653B">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51B771A0" w14:textId="55E5E527" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="7C294BBB" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="67A71C42" w:rsidRPr="00F2653B">
         <w:t>ādi instrumenti, materiāli, aparatūra un citi līdzekļi un aprīkojums tiks izmantoti</w:t>
       </w:r>
       <w:r w:rsidR="771D2478" w:rsidRPr="00F2653B">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="058EEC82" w14:textId="624CE87A" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="78B8906C" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="67A71C42" w:rsidRPr="00F2653B">
         <w:t>āda būs datu ievākšanas procedūra</w:t>
       </w:r>
       <w:r w:rsidR="771D2478" w:rsidRPr="00F2653B">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5713E17C" w14:textId="25392727" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="645D0219" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:lastRenderedPageBreak/>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="67A71C42" w:rsidRPr="00F2653B">
         <w:t>ādas datu apkopošanas un analīzes metodes tiks izmantotas</w:t>
       </w:r>
       <w:r w:rsidR="771D2478" w:rsidRPr="00F2653B">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D35D7A7" w14:textId="7F31C89F" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Jāņem vērā, ka pētniecības priekšmets (viens no uzdevumiem) var būt arī metodika un mērķis var būt metodikas pilnveide, pielāgošana konkrētajiem apstākļiem vai pētījuma vietai, izlasei u.tml.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C5E4828" w14:textId="394A530F" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Dažādās zinātņu nozarēs tiek izmantotas atšķirīgas pieejas, tāpēc pētījuma metožu izvēlē un plānošanā noteikti ir jākonsultējas ar ZPD vadītāju vai konsultantu; metožu izvēles pamatojums un to apraksts jāveido atbilstoši konkrētās zinātņu nozares vispārpieņemtajai praksei. Pētījumā jāizvēlas tādas metodes, kas ir piemērotas, lai atbildētu uz pētījuma jautājumu vai pārbaudītu hi</w:t>
       </w:r>
       <w:r w:rsidR="00613C04" w:rsidRPr="00F2653B">
         <w:t>potēzi un sasniegtu darba mērķi</w:t>
       </w:r>
       <w:r w:rsidR="00161B98" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Piemēram, uzmanība jāpievērš aptaujas izmantošanai, jo ar tās palīdzību nav iespējams pārbaudīt hipotēzi, nevar atbildēt uz visiem pētījuma jautājumiem un ir zinātņu jomas (piemēram, dabaszinātnes), kurās aptauja nav piemērota datu ievākšanas metode.</w:t>
       </w:r>
       <w:r w:rsidR="00161B98" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Humanitārajās un mākslas zinātnēs izmantotās metodes var tikt norādītas ievadā. Ja pētījumā izmantotas teksta analīzes metodes (piemēram, strukturālisms vai citas), tad attiecīgajā pētījuma nodaļā tiek sniegts īss ieskats metodes teorētiskajā būtībā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1802E0D4" w14:textId="1E392E00" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Šajā posmā ir svarīgi saprast, vai pētījums ir paveicams – vai konkrētais temats un izvēlētās pētījuma metodes ir atbilstošas, vai ir pietiekama materiāli tehniskā bāze, finansējums un pētījuma veikšanai nepieciešamais laiks, lai izpildītu mērķa sasniegšanai paredzētos pētījuma uzdevumus. Lielākoties zinātniskās pētniecības darbīb</w:t>
       </w:r>
       <w:r w:rsidR="00EA3D49" w:rsidRPr="00F2653B">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> notiek skolas vidē, taču dažkārt no ieceres nākas atteikties, piemēram, nav pieejama vajadzīgā aparatūra vai reaģenti. Šo problēmu iespējams risināt, ja skolēns darbu veic zinātniskās pētniecības iestāžu laboratorijās vai ražošanas uzņēmumos un padomus var saņemt no to darbiniekiem.</w:t>
       </w:r>
       <w:r w:rsidR="5EB1015D" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> Ja </w:t>
       </w:r>
       <w:r w:rsidR="00EA3D49" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">darbu veic zinātniskās pētniecības iestāžu laboratorijās vai ražošanas uzņēmumos, </w:t>
       </w:r>
       <w:r w:rsidR="50DC1B36" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">skolēnam nepieciešams </w:t>
       </w:r>
       <w:r w:rsidR="6BF17812" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">savā </w:t>
       </w:r>
@@ -4413,121 +4381,121 @@
       <w:r w:rsidR="1D917815" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">veiktās </w:t>
       </w:r>
       <w:r w:rsidR="00EA3D49" w:rsidRPr="00F2653B">
         <w:t>darbī</w:t>
       </w:r>
       <w:r w:rsidR="7D63AC5D" w:rsidRPr="00F2653B">
         <w:t>bas</w:t>
       </w:r>
       <w:r w:rsidR="00EA3D49" w:rsidRPr="00F2653B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EA3D49" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Visiem skolēniem un ZPD vadītājiem ir iespēja izmantot augstskolu mācībspēku, zinātniskās pētniecības institūtu pētnieku un citu nozaru speciālistu konsultācijas ZPD izstrādē. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4177E4A1" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Skolēna veiktā pētījuma plānošanā un realizācijā ir jāievēro visi noteiktie drošības noteikumi, ētiskie apsvērumi un tiesiskie aspekti (tajā skaitā attiecibā uz respondentu anonimitāte ievērošanu, ierobežojumiem veikt balss ierakstus, uzglabāt un apstrādāt personas identitāti skarošus datus u.tml.) Skolēniem aizliegts strādāt ar bīstamām vielām, medikamentiem un radioaktīvām vielām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F8AD67F" w14:textId="2DCEE9FD" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Eksaktajās un sociālajās zinātnēs nākamais solis ir praktiska pētījuma veikšana – datu ievākšana, eksperimenta veikšana u.c. Skolēnam pētījuma veikšanas būtība ir jāizprot un pētījums ir jāveic patstāvīgi, ja nepieciešams – konsultējoties ar darba vadītāju vai konsultantu. Ir nepieņemami par savu darbu uzdot citu pētnieku, darba vadītāja, vecāku u.tml. veikumu. Tālāk seko iegūto datu izvērtēšana un apstrāde, rezultātu analīze un interpretācija, izmantojot zinātniskās literatūras studijās atrastos analīzes paņēmienus, risinājumus un kritērijus, nepieciešams salīdzinot savus iegūtos rezultātus ar citu pētnieku iegūtajiem rezultātiem. Tomēr ir jāņem vērā divi nozīmīgi apsvērumi: (1) ja iegūtie dati ir tādi paši kā</w:t>
       </w:r>
       <w:r w:rsidR="3D8D7EB0" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ir jau publicēti, tad ir iegūts zināmā apstiprinājums (bet nav izdevies atklāt ko jaunu, vai virzīties uz jauniem atklājumiem); (2) svarīgs ir arī negatīvs rezultāts (zinātnē ir ļoti svarīgi savlaicīgi atklāt virzienus, kurus turpmākie pētījumi neperspektīvi). Ja pirmajā gadījumā rezultāti būs konstatējumi par līdzībām, tad otrajā – tās ir ļoti svarīgas norādes citiem pētniekiem (ar šādu metodiku un instrumentārija jutīgumu nav lietderīgi tupināt šos pētījumus). Citiem vārdiem – negatīvs rezultāts ir ne mazāk nozīmīgs, kā pozitīvs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C539016" w14:textId="0B3B96C7" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Pētījumā iegūto rezultātu analīzes loģisks noslēgums ir secinājumu izdarīšana un to formulēšana.</w:t>
       </w:r>
       <w:r w:rsidR="718B23AB" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> Secinājumi un rekomendācijas tiek rakstītas tēžu veidā un numurētas. N</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>oslēdzošais posms ir ZPD teksta rediģēšana un noformēšana.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCF097F" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="1219" w:hanging="578"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_bookmark4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Pētījuma ētika</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70CA644B" w14:textId="77777777" w:rsidR="00545BC1" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Katrs pētnieks gan lasa, gan savos pētījumos izmanto citu pētnieku publiskotās idejas, materiālus, datus, secinājumus, izgudrojumus u.c. Publiskojums nav tikai grāmatas vai raksta formā publicētais – tas ir viss, ko varam apskatīt un izlasīt dažādos drukātos avotos un arī elektroniskajā vidē, datu bāzēs un katalogos, kā arī redzēt un dzirdēt konferencēs, prezentācijās. Īpaša</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>uzmanība</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pievēršama</w:t>
       </w:r>
@@ -4781,51 +4749,51 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>likumi un citi normatīvie akti, kas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ir spēkā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">mūsu valstī. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F03586" w14:textId="080E280F" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Latvijā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>autortiesības</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>nosaka</w:t>
       </w:r>
@@ -4834,66 +4802,66 @@
           <w:spacing w:val="78"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>regulē</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00F2653B">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>Autortiesību</w:t>
         </w:r>
         <w:r w:rsidRPr="00F2653B">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:color w:val="auto"/>
             <w:spacing w:val="80"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00F2653B">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>likums</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F2653B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Tā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>19.</w:t>
@@ -5458,89 +5426,89 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="53"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>veidošanas</w:t>
       </w:r>
       <w:r w:rsidR="00A216FB" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>prasmes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38422EEC" w14:textId="6117B653" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="15C6EAAE" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Veidojot izmantotās literatūras un avotu sarakstu, tekstā iekļaujot atsauces, bibliogrāfiskās norādes, </w:t>
       </w:r>
       <w:r w:rsidR="5BF279D5" w:rsidRPr="00F2653B">
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> autors parāda, ka ar cieņu izturas pret</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>citu cilvēku darba rezultātiem. ZPD nedrīkst tikt izstrādāts pretlikumīgi un saturēt zagtus citu autoru darbus vai to fragmentus (tas ir</w:t>
       </w:r>
       <w:r w:rsidR="001D0842" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> tie ir tikuši izmantoti bez atbilstošas atsauces un </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>norādes)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E0ED405" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>tekstā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>noteikti</w:t>
       </w:r>
@@ -5561,195 +5529,195 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>atsauces</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>ja:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79E8BE2C" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>tekstā iekļauts citāts;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70D48F93" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>izklāstīti kāda pētnieka vai citas personas uzskati vai teiktais;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2594E254" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pieminēts kāds darbs (piemēram, grāmata, raksts);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BBB87F5" w14:textId="3BA9A059" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>izmantoti citu autoru dati, tabulas, attēli, formulas u.tml.</w:t>
       </w:r>
       <w:r w:rsidR="008C7836" w:rsidRPr="00F2653B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="163D3294" w14:textId="520BADF7" w:rsidR="008C7836" w:rsidRPr="00F2653B" w:rsidRDefault="008C7836" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">izmantoti mākslīgā intelekta rīki (piemēram, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ChatGPT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, Microsoft </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Copilot</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> u.tml.). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F39CDA1" w14:textId="57869CF2" w:rsidR="00931084" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Tekstā apaļajās iekavās ievietota atsauce sniedz maksimāli īsas ziņas par informācijas autoru, avotu, kā arī par tekstā izmantotās informācijas atrašanās vietu avotā. Vienmēr jāatceras, ka citātiem, kas tekstā liekami pēdiņās, jābūt precīziem. </w:t>
       </w:r>
       <w:r w:rsidR="00F50BB5" w:rsidRPr="00F2653B">
         <w:t>Ja izlaista kāda citāta daļa, tad jālieto divpunkte (..). Atsauci ievieto aiz citāta.</w:t>
       </w:r>
       <w:r w:rsidR="00931084" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> Citāta pārstāstīšana un izteikšanas citās vārdkopās neatbrīvo ZPD autoru no norādes uz avota norādes- arī pārstāstītajam tekstam ir zināms autors un tas ir norādāms.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="091575DD" w14:textId="77777777" w:rsidR="008C7836" w:rsidRPr="00F2653B" w:rsidRDefault="008C7836" w:rsidP="008C7836">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Skolēnu ZPD izstrādē ir atļauts izmantot </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">mākslīgā intelekta </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>rīkus, tomēr visos gadījumos ir norādāms kāds rīks ir ticis izmantots un kas ar šo rīku ir ticis paveikts, piemēram, izmantots satura veidošanā, datu apstrādē, ideju ģenerēšanā, teksta rediģēšanā, tulkošanā, veikta literatūras meklēšana, attēli, grafiki u.tml. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="175750F7" w14:textId="77777777" w:rsidR="008C7836" w:rsidRPr="00F2653B" w:rsidRDefault="008C7836" w:rsidP="008C7836">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Ja mākslīgā intelekta rīks tika izmantots ideju ģenerēšanā, teksta rediģēšanā, tulkošanā </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">vai citos palīgdarbos, tas jāpiemin darba ievadā vai citā piemērotā vietā, savukārt, ja darbā iekļauti citāti, būtiski fragmenti vai cits mākslīgā intelekta radīts saturs, tas jāizceļ (piemēram, pēdiņās, slīprakstā vai kā atsevišķa rindkopa) un jānorāda konkrētais rīks, piemēram, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ChatGPT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">, Microsoft </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Copilot</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
@@ -5775,51 +5743,51 @@
       </w:r>
       <w:r w:rsidR="00DC0AAF" w:rsidRPr="00F2653B">
         <w:t>izstrādātāja nosaukums</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">, gads, </w:t>
       </w:r>
       <w:r w:rsidR="00DC0AAF" w:rsidRPr="00F2653B">
         <w:t>datums</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>, versija un URL, ja pieejams. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="386A984E" w14:textId="77777777" w:rsidR="00DE4C60" w:rsidRPr="00F2653B" w:rsidRDefault="00DE4C60" w:rsidP="00DE4C60">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="555"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="086500E5" w14:textId="48905792" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Ja</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pētnieks</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>savā</w:t>
       </w:r>
@@ -6056,51 +6024,51 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>laika</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>patēriņa, atkārtoti meklējot informācijas avotu visi apkopotās informācijas avotu dati precīzi</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>jāpieraksta uzreiz.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25DFF42F" w14:textId="0098A2AD" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="176D74E3" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Pašplaģiāts</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ir paša autora (</w:t>
       </w:r>
       <w:r w:rsidR="19DD54FE" w:rsidRPr="00F2653B">
         <w:t>–</w:t>
@@ -6289,51 +6257,51 @@
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>– jānorāda publicēšanas vieta un laiks). Ja skolēns izmanto iepriekš publicētu savu darbu vai</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">tā daļu, tad uz to jāliek tieši tāda pati atsauce, kā atsauce tiek veidota izmantojot cita pētnieka </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>darbu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="699CB75C" w14:textId="40C105D1" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="40D0B850">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Pētījumos, kuros kā pētījuma dalībnieki ir iesaistīti</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>cilvēki, cilvēku</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -6376,51 +6344,51 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pilsētas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>iedzīvotāji</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>u.tml.), jāievēro “</w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00F2653B">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>Zinātnieka ētikas kodeksā</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F2653B">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00844C27" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>un līdzīgos atsevišķu nozaru un iestāžu ētikas kodeksos noteiktā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>katra</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
@@ -6564,51 +6532,51 @@
       </w:r>
       <w:r w:rsidR="4CD353CE" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="6B7D32B5" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>pieaicinātam konsultantam ir jāsaņem konsultanta darba vietas (augstskolas, slimnīcas) pētījumu ētikas komitejas atzi</w:t>
       </w:r>
       <w:r w:rsidR="4D614939" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>nums un pētījums jāveic sadarbībā ar pieaicināto konsultantu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="739949AF" w14:textId="53C986BF" w:rsidR="00195AC8" w:rsidRPr="00F2653B" w:rsidRDefault="382212E7" w:rsidP="1AADB0B5">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Skolēns un ZPD vadītājs ir atbildīgi, lai pirms pētījuma veikšanas no pētījuma dalībniekiem tiktu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">saņemta </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>informētā piekrišana</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>,</w:t>
@@ -6651,51 +6619,51 @@
       </w:r>
       <w:r w:rsidR="07EC5C3F" w:rsidRPr="00F2653B">
         <w:t>em</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> par plānotā pētījuma būtību un norisi – </w:t>
       </w:r>
       <w:r w:rsidR="40545F45" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">brīvprātīgu piedalīšanos, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>kas ir pētījuma veicējs, kādiem mērķiem pētījums tiek veikts, kur pētījumā iegūtie rezultāti tiks izmantoti un/vai publicēti</w:t>
       </w:r>
       <w:r w:rsidR="6672CCC0" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> (i</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>nformētā piekrišana ir jāsaņem arī gadījumos, ja pētījuma dalībnieki ir skolēna ģimenes locekļi</w:t>
       </w:r>
       <w:r w:rsidR="6672CCC0" w:rsidRPr="00F2653B">
         <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D81356F" w14:textId="2149D181" w:rsidR="00A253F6" w:rsidRPr="00F2653B" w:rsidRDefault="1414FEBF" w:rsidP="1AADB0B5">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:lastRenderedPageBreak/>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="5199FBCB" w:rsidRPr="00F2653B">
         <w:t>nonīmas aptaujas gadījumā informāciju par pētījumu parasti iekļauj anketas ievadā</w:t>
       </w:r>
       <w:r w:rsidR="71A38E29" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="5199FBCB" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">tajā iekļauj </w:t>
       </w:r>
       <w:r w:rsidR="71A38E29" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">arī </w:t>
       </w:r>
       <w:r w:rsidR="5199FBCB" w:rsidRPr="00F2653B">
         <w:t>norādi (atsevišķu teikumu), kurā teikts, ka</w:t>
@@ -6720,228 +6688,228 @@
       </w:r>
       <w:r w:rsidR="7C9B03D0" w:rsidRPr="00F2653B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="2BB9984E" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="31F1C51E" w:rsidRPr="00F2653B">
         <w:t>Informētās piekrišanas sadaļas paraugs anonīmai aptaujas anketai</w:t>
       </w:r>
       <w:r w:rsidR="357D694E" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B81279" w:rsidRPr="00F2653B">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="357D694E" w:rsidRPr="00F2653B">
         <w:t>.pielikumā.</w:t>
       </w:r>
       <w:r w:rsidR="6A39901A" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A2373B3" w14:textId="0794ED01" w:rsidR="004C4BF9" w:rsidRPr="00F2653B" w:rsidRDefault="6672CCC0" w:rsidP="1AADB0B5">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="382212E7" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">akstiska informētā piekrišana nepieciešama situācijās, kad pētījuma ietvaros tiek apstrādāti personas dati, tas ir </w:t>
       </w:r>
       <w:r w:rsidR="3798F6F3" w:rsidRPr="00F2653B">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="382212E7" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> ievākta </w:t>
       </w:r>
       <w:r w:rsidR="5DADA074" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">identificējama </w:t>
       </w:r>
       <w:r w:rsidR="382212E7" w:rsidRPr="00F2653B">
         <w:t>informācija</w:t>
       </w:r>
       <w:r w:rsidR="207B58D2" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="1F6FACC6" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">(vārds, uzvārds, fotogrāfijas, balss ieraksti </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="1F6FACC6" w:rsidRPr="00F2653B">
         <w:t>utml</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="1F6FACC6" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">.) </w:t>
       </w:r>
       <w:r w:rsidR="207B58D2" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">par </w:t>
       </w:r>
       <w:r w:rsidR="382212E7" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> konkrētu personu. Papildu informācija par personas datu apstrādi ir atrodama Datu valsts inspekcijas </w:t>
       </w:r>
       <w:hyperlink r:id="rId19">
         <w:r w:rsidR="382212E7" w:rsidRPr="00F2653B">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>mājas lapā</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="619AD87B" w:rsidRPr="00F2653B">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="382212E7" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C7C7409" w14:textId="77777777" w:rsidR="004C4BF9" w:rsidRPr="00F2653B" w:rsidRDefault="76651934" w:rsidP="1AADB0B5">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="192C9C93" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">rganizējot </w:t>
       </w:r>
       <w:r w:rsidR="382212E7" w:rsidRPr="00F2653B">
         <w:t>intervijas</w:t>
       </w:r>
       <w:r w:rsidR="0DDCE572" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:r w:rsidR="382212E7" w:rsidRPr="00F2653B">
         <w:t>fokusa grup</w:t>
       </w:r>
       <w:r w:rsidR="0DDCE572" w:rsidRPr="00F2653B">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="382212E7" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> diskusijas </w:t>
       </w:r>
       <w:r w:rsidR="0DDCE572" w:rsidRPr="00F2653B">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="382212E7" w:rsidRPr="00F2653B">
         <w:t>un līdzīgos gadījumos</w:t>
       </w:r>
       <w:r w:rsidR="0DDCE572" w:rsidRPr="00F2653B">
         <w:t>), arī</w:t>
       </w:r>
       <w:r w:rsidR="382212E7" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> ir nepieciešama gan informētā piekrišana, gan jāievēro konfidencialitāte</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1573F31B" w14:textId="77777777" w:rsidR="00D16C0A" w:rsidRPr="00F2653B" w:rsidRDefault="505EC3DA" w:rsidP="1AADB0B5">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>j</w:t>
       </w:r>
       <w:r w:rsidR="176D74E3" w:rsidRPr="00F2653B">
         <w:t>a pētījumā plānots iesaistīt bērnus, tad nepieciešama vecāku rakstveida piekrišana</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C332514" w14:textId="45E4DA7D" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00D16C0A" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>j</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:t>a skolēns ZPD pētījumā plāno izmantot novērojumu, tad pirms tam obligāti jāiepazīstas ar novērojumu veikšanas ētiskajiem aspektiem. Slēptais novērojums, neinformējot pētījuma dalībniekus, ir pieļaujams tikai izņēmuma gadījumos, pieaicinātam konsultantam saņemot pētījumu ētikas komitejas a</w:t>
       </w:r>
       <w:r w:rsidR="4ACEE381" w:rsidRPr="00F2653B">
         <w:t>tzinumu</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11107328" w14:textId="4D0B8447" w:rsidR="619D91EB" w:rsidRPr="00F2653B" w:rsidRDefault="0E424E9F" w:rsidP="00794291">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="502"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Pētījuma dalībnieku parakstītās informētās piekrišanas veidlapas ir jāuzglabā atbilstoši personas datu aizsardzības prasībām, tomēr tās nav jāpievieno darbam, jo tas būtu konfidencialitātes pārkāpums, ZPD pētījumam pielikumā ir jāpievieno tikai informētās piekrišanas veidlapas paraugs, kas tika izmantots pētījumā, un metodoloģijas daļā jāapraksta informētā</w:t>
       </w:r>
       <w:r w:rsidR="56982EBD" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">s piekrišanas iegūšanas process. Piekrišanu dalībai pētījumā un personas datu apstrādei noformē atbilstoši paraugam </w:t>
       </w:r>
       <w:r w:rsidR="00B81279" w:rsidRPr="00F2653B">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="29BC8E88" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="56982EBD" w:rsidRPr="00F2653B">
         <w:t>pielikumā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B5F6288" w14:textId="3F33ACA8" w:rsidR="00165F5D" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Aptaujas gadījumā skolēna pienākums ir nodrošināt pētījumā iesaistīto dalībnieku </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>anonimitāti</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">, tas ir </w:t>
       </w:r>
       <w:r w:rsidR="00E4616B" w:rsidRPr="00F2653B">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> pētījums ir jāorganizē tā, lai arī pētījuma veicējs nezinātu personu, kas aizpildījusi anketu, un nespētu identificēt pētījuma dalībnieku ar tā sniegto informāciju. Gadījumos, kad nav iespējams nodrošināt anonimitāti</w:t>
       </w:r>
       <w:r w:rsidR="00FC330A" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> (</w:t>
@@ -6951,114 +6919,114 @@
       </w:r>
       <w:r w:rsidR="00FC330A" w:rsidRPr="00F2653B">
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>s, fokusa grupu diskusij</w:t>
       </w:r>
       <w:r w:rsidR="00FC330A" w:rsidRPr="00F2653B">
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>s u.tml.</w:t>
       </w:r>
       <w:r w:rsidR="00FC330A" w:rsidRPr="00F2653B">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00EB3356" w:rsidRPr="00F2653B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> ir jānodrošina pētījuma dalībnieku un ar viņu identitāti saistītās informācijas konfidencialitāte. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1122563F" w14:textId="0656CF69" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Par klasē vai skolā plānotajiem pētījumiem jāvienojas ne tikai ar pētījuma dalībniekiem, bet arī ar skolas vadību, klašu audzinātājiem, tajā skaitā ieviešot kodifikatoru ar kura palīdzību interviju respondenti tiek </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t>anonimizēti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> un datu turpmākajā analīzē visas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">darbības tiek veiktas tikai ar skaitliskām vērtībām. Rezultāti un visi pētījumā iegūtie materiāli ir izmantojami tikai un vienīgi pētījuma mērķiem, tie nav </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>izmantojami</w:t>
       </w:r>
       <w:r w:rsidR="25D39290" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> citiem mērķiem</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="342AAD5D" w14:textId="0F21D15F" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Pētījumā iegūtie personas dati, kas ļauj identificēt pētījuma dalībnieku, jāglabā atbilstoši Vispārīgajai datu aizsardzības regulai. Par datu uzglabāšanu atbildīga ir izglītības iestāde, kurai ir jāveic vispārēja skolēnu </w:t>
       </w:r>
       <w:r w:rsidR="00EB3356" w:rsidRPr="00F2653B">
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> datu iegūšana, apstrāde, saglabāšana un dzēšana.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6449870C" w14:textId="529EB76E" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Veicot pētījumu, nav pieļaujama datu viltošana, kas nozīmē, ka skolēns datus ir viltojis, piemēram, pats aizpildījis anketas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">vai izdomājis datus, </w:t>
       </w:r>
       <w:r w:rsidR="11A4DBB3" w:rsidRPr="00F2653B">
         <w:t>veidojis tos pēc</w:t>
       </w:r>
       <w:r w:rsidR="11A4DBB3" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7166,88 +7134,88 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>uzskatītas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>par</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ļoti rupjiem pārkāpumiem un šādi darbi netiek vērtēti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73CED563" w14:textId="69B78307" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="15C6EAAE" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Veicot pētījumus ar dzīvnieku iesaisti</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>, skolēnam ir stingri jāievēro normas, kas noteiktas Dzīvnieku aizsardzības likumā. Tā kā skolēniem nav nepieciešamās kvalifikācijas darbam ar laboratorijas (izmēģinājumu) dzīvniekiem, tas ir speciāli izmantošanai pētījumos audzētiem mugurkaulniekiem, ZPD ietvaros skolēns drīkst veikt eksperimentus ar laboratorijas dzīvniekiem vai savvaļā sagūstītiem mugurkaulniekiem tikai pieaicināta konsultanta vadībā stingri reglamentētos apstākļos un ievērojot īpašus drošības pasākumus.</w:t>
       </w:r>
       <w:r w:rsidR="539A82B2" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Ja ir plānots ZPD pētījums putnu vai sikspārņu gredzenošanas procesa ietvaros, pirms pētījuma uzsākšanas ir </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:lastRenderedPageBreak/>
         <w:t>jāsaņem Dabas aizsardzības pārvaldes atļauja un šie pētījumi ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>veicami pieaicinātā konsultanta vadībā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ED71E2F" w14:textId="1598CC64" w:rsidR="00A03832" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB3356">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Zinātniskos pētījumus</w:t>
       </w:r>
       <w:r w:rsidR="00EB3356" w:rsidRPr="00F2653B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> īstenojot dabā, </w:t>
       </w:r>
       <w:r w:rsidR="00EB3356" w:rsidRPr="00F2653B">
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> jāveic tā, lai pēc iespējas nekaitētu apkārtējai videi un cilvēkiem. Virknē gadījumu</w:t>
       </w:r>
       <w:r w:rsidR="00EB3356" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> darbībām ir jāsaņem speciāla atļauja</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">, piemēram, veicot </w:t>
       </w:r>
@@ -7258,418 +7226,418 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> atsegumu izpēti dabas pieminekļu teritorijā vai ievācot materiālu herbārijam īpaši aizsargājamās dabas teritorijās</w:t>
       </w:r>
       <w:r w:rsidR="00EB3356" w:rsidRPr="00F2653B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> Dabas aizsardzības pārvaldē</w:t>
       </w:r>
       <w:r w:rsidR="00A62CB9" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>to pieprasa darba vadītājs (skolotājs)</w:t>
       </w:r>
       <w:r w:rsidR="00F8761B" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> vai pieaicinātais konsultants.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> Zinātniskiem mērķiem Dabas aizsardzības pārvalde izsniedz atļaujas pētniecisko darbu veikšanai īpaši aizsargājamā dabas teritorijā, kā paraugus atļaujot ņemt atsevišķus aizsargājamos augus vai atsevišķas aizsargājamu bezmugurkaulnieku sugas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F644D75" w14:textId="21E5E821" w:rsidR="00D8553A" w:rsidRPr="00F2653B" w:rsidRDefault="1188288F" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
+        <w:pStyle w:val="Virsraksts4"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Biežākās</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">kļūdas, </w:t>
       </w:r>
       <w:r w:rsidR="3514C1FA" w:rsidRPr="00F2653B">
         <w:t>kuru dēļ ZPD netiek virzīti tālākai vērtēšanai:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65FC45B0" w14:textId="0C06FEA0" w:rsidR="00D8553A" w:rsidRPr="00F2653B" w:rsidRDefault="2ADF184A" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">pētījumā ar cilvēka bioloģisko paraugu izmantošanu vai personas veselības datu izpēti </w:t>
       </w:r>
       <w:r w:rsidR="4734F9AA" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">nav saņemta </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pētījumu ētikas komitejas atļauja</w:t>
       </w:r>
       <w:r w:rsidR="1188288F" w:rsidRPr="00F2653B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A0A5605" w14:textId="547820CB" w:rsidR="00D8553A" w:rsidRPr="00F2653B" w:rsidRDefault="20B544E7" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pētījumā nav norādīts, vai no tā dalībniekiem</w:t>
       </w:r>
       <w:r w:rsidR="4B1F5960" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="102E5750" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">(piemēram, </w:t>
       </w:r>
       <w:r w:rsidR="4B1F5960" w:rsidRPr="00F2653B">
         <w:t>no respondentiem, intervētajiem</w:t>
       </w:r>
       <w:r w:rsidR="102E5750" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> u.tml.)</w:t>
       </w:r>
       <w:r w:rsidR="00EB3356" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="4CDDF3BD" w:rsidRPr="00F2653B">
         <w:t>ir saņemta info</w:t>
       </w:r>
       <w:r w:rsidR="3FF6A0D9" w:rsidRPr="00F2653B">
         <w:t>rmētā</w:t>
       </w:r>
       <w:r w:rsidR="4CDDF3BD" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> piekrišana</w:t>
       </w:r>
       <w:r w:rsidR="1188288F" w:rsidRPr="00F2653B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40993D78" w14:textId="07D9BD7D" w:rsidR="317D4999" w:rsidRPr="00F2653B" w:rsidRDefault="317D4999" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">pētījumam </w:t>
       </w:r>
       <w:r w:rsidR="22D3C367" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">nav </w:t>
       </w:r>
       <w:r w:rsidR="1386630F" w:rsidRPr="00F2653B">
         <w:t>informētās piekrišanas veidlapas paraugs</w:t>
       </w:r>
       <w:r w:rsidR="22D3C367" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">, ko </w:t>
       </w:r>
       <w:r w:rsidR="1627CC10" w:rsidRPr="00F2653B">
         <w:t>parakstīja</w:t>
       </w:r>
       <w:r w:rsidR="22D3C367" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> pētījuma dalībnieki, vai </w:t>
       </w:r>
       <w:r w:rsidR="4C617D76" w:rsidRPr="00F2653B">
         <w:t>pievienotā aptaujas anketa</w:t>
       </w:r>
       <w:r w:rsidR="47B12848" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> nesatur </w:t>
       </w:r>
       <w:r w:rsidR="476A5F4A" w:rsidRPr="00F2653B">
         <w:t>ievada daļu ar informāciju par pētījumu un pētījuma dalībnieku tiesībām;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="367330CB" w14:textId="132040E3" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="59404001" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">pētījumā iegūtie dati nav </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t>anonimizēti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="60789449" w:rsidRPr="00F2653B">
         <w:t>, kas ļauj identificēt pētījuma dalībniekus skolēna klasē vai skolā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="778509BF" w14:textId="77777777" w:rsidR="00EB3356" w:rsidRPr="00F2653B" w:rsidRDefault="00EB3356" w:rsidP="00EB3356">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="694F10B5" w14:textId="77777777" w:rsidR="00EB3356" w:rsidRPr="00F2653B" w:rsidRDefault="00EB3356" w:rsidP="00EB3356">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6706AC6E" w14:textId="77777777" w:rsidR="00EB3356" w:rsidRPr="00F2653B" w:rsidRDefault="00EB3356" w:rsidP="00EB3356">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="777636F0" w14:textId="77777777" w:rsidR="00EB3356" w:rsidRPr="00F2653B" w:rsidRDefault="00EB3356" w:rsidP="00EB3356">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D9F7F3F" w14:textId="77777777" w:rsidR="00EB3356" w:rsidRPr="00F2653B" w:rsidRDefault="00EB3356" w:rsidP="00EB3356">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48A3C3BD" w14:textId="510EFFE8" w:rsidR="00EB3356" w:rsidRPr="00F2653B" w:rsidRDefault="00EB3356" w:rsidP="003D0093">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="061593BD" w14:textId="0AAED104" w:rsidR="003D0093" w:rsidRPr="00F2653B" w:rsidRDefault="003D0093" w:rsidP="003D0093">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BC69235" w14:textId="77777777" w:rsidR="00DE4C60" w:rsidRPr="00F2653B" w:rsidRDefault="00DE4C60" w:rsidP="003D0093">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E7E4ADF" w14:textId="77777777" w:rsidR="00DE4C60" w:rsidRPr="00F2653B" w:rsidRDefault="00DE4C60" w:rsidP="003D0093">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="201465F5" w14:textId="77777777" w:rsidR="00DE4C60" w:rsidRPr="00F2653B" w:rsidRDefault="00DE4C60" w:rsidP="003D0093">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DF551BD" w14:textId="77777777" w:rsidR="00DE4C60" w:rsidRPr="00F2653B" w:rsidRDefault="00DE4C60" w:rsidP="003D0093">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79429B95" w14:textId="77777777" w:rsidR="00DE4C60" w:rsidRPr="00F2653B" w:rsidRDefault="00DE4C60" w:rsidP="003D0093">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BFF472E" w14:textId="77777777" w:rsidR="00DE4C60" w:rsidRPr="00F2653B" w:rsidRDefault="00DE4C60" w:rsidP="003D0093">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="683F7BB7" w14:textId="77777777" w:rsidR="00DE4C60" w:rsidRPr="00F2653B" w:rsidRDefault="00DE4C60" w:rsidP="003D0093">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="740C4B2F" w14:textId="77777777" w:rsidR="00DE4C60" w:rsidRPr="00F2653B" w:rsidRDefault="00DE4C60" w:rsidP="003D0093">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04419EFE" w14:textId="77777777" w:rsidR="00EB3356" w:rsidRPr="00F2653B" w:rsidRDefault="00EB3356" w:rsidP="00EB3356">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26D9069A" w14:textId="77777777" w:rsidR="00DE4C60" w:rsidRPr="00F2653B" w:rsidRDefault="00DE4C60" w:rsidP="00EB3356">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E99B743" w14:textId="275D87DC" w:rsidR="1AADB0B5" w:rsidRPr="00F2653B" w:rsidRDefault="1AADB0B5" w:rsidP="1AADB0B5">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="046B28ED" w14:textId="77777777" w:rsidR="00EB3356" w:rsidRPr="00F2653B" w:rsidRDefault="00EB3356" w:rsidP="00EB3356">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F2411F5" w14:textId="078D18F4" w:rsidR="64C35DC7" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="71" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="896" w:hanging="397"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_bookmark5"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Zinātniskās pētniecības darba teksta struktūra</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CFB3F73" w14:textId="48822295" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="63389405" w:rsidRPr="00F2653B">
         <w:t>PD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> saturam ir jābūt loģiski strukturētam. Tematam,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>mērķim, uzdevumiem, metodēm, rezultātiem un secinājumiem ir jābūt saturiski un tekstā izklāsta ziņā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>savstarpēji saistītiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E0CF85B" w14:textId="33D4F87D" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
+        <w:pStyle w:val="Virsraksts4"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>teksta</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>izklāsts</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
@@ -7680,74 +7648,74 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ietver</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="3622E599" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">šādu </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>struktūru:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A08E01" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1941"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>titullapa;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44749920" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1941"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>anotācija</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7778,97 +7746,97 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>svešvalodā);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48233585" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1941"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>saturs;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09C90171" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1941"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ievads;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F490285" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1941"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>darba</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7905,51 +7873,51 @@
         <w:t>nodaļas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>apakšnodaļas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF2AA8B" w14:textId="25506D1F" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="08ED7E42" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2661"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">izmantotās </w:t>
       </w:r>
       <w:r w:rsidR="67A71C42" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7992,87 +7960,87 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vismaz divu zinātnieku paveiktais šajā jomā</w:t>
       </w:r>
       <w:r w:rsidR="60511107" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (teorētiskā daļa)</w:t>
       </w:r>
       <w:r w:rsidR="67A71C42" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E8564A6" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2661"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>metožu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="51"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>apraksts;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E72F917" w14:textId="00DC9D0B" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2661"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iegūtie</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8144,74 +8112,74 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>analīze</w:t>
       </w:r>
       <w:r w:rsidR="07358C25" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (praktiskā daļa)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BCAB775" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1941"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>secinājumi;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AECBDA7" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1941"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>izmantotās</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -8255,398 +8223,368 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>avotu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>saraksts;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07346159" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1941"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pielikumi (ja </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nepieciešams).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DA6EF3F" w14:textId="78E6B10D" w:rsidR="00913C41" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00DE4C60">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Darba satura nodaļu virsrakstiem var lietot gan iepriekšēji norādītos formālos (</w:t>
       </w:r>
       <w:r w:rsidR="002B20CC" w:rsidRPr="00F2653B">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">iteratūras apskats, </w:t>
       </w:r>
       <w:r w:rsidR="002B20CC" w:rsidRPr="00F2653B">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">etodes, </w:t>
       </w:r>
       <w:r w:rsidR="002B20CC" w:rsidRPr="00F2653B">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">ezultāti, </w:t>
       </w:r>
       <w:r w:rsidR="002B20CC" w:rsidRPr="00F2653B">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>nalīze), gan izvēlētajam darba tematam atbilstošus vai zinātņu nozarē tradicionāli lietotus nosaukumus. Piemēram, humanitārajās un mākslas zinātnēs „Metodes”, „Rezultātu apkopojums” un „Analīze” visbiežāk netiek aprakstītas atsevišķās nodaļās.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59AB3576" w14:textId="77777777" w:rsidR="00F1139B" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Titullapa</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4818A1DF" w14:textId="62B4DFA2" w:rsidR="00913C41" w:rsidRPr="00F2653B" w:rsidRDefault="067D29FA" w:rsidP="00DE4C60">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="4818A1DF" w14:textId="385BFF58" w:rsidR="00913C41" w:rsidRPr="00F2653B" w:rsidRDefault="067D29FA" w:rsidP="00DE4C60">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">ZPD </w:t>
       </w:r>
       <w:r w:rsidR="003B6DAC">
         <w:t>nosaukums</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> atspoguļo darba tematu. Tas ir pēc iespējas konkrēts un vienlaicīgi pietiekami informatīvs. Darba </w:t>
       </w:r>
       <w:r w:rsidR="00693A02">
         <w:t xml:space="preserve">nosaukumā </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>neizmanto palīgteikumus un</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">saīsinājumus. </w:t>
       </w:r>
       <w:r w:rsidR="00693A02">
         <w:t>Nosaukums</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> neskaidro mērķi un izmantotās metodes, </w:t>
       </w:r>
       <w:r w:rsidR="00693A02">
         <w:t>tas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> visbiežāk nav garāks par pieciem vārdiem.</w:t>
       </w:r>
       <w:r w:rsidR="10C880E0" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> Titullapā atbilstoši </w:t>
       </w:r>
       <w:hyperlink r:id="rId20">
         <w:r w:rsidR="10C880E0" w:rsidRPr="00F2653B">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
           </w:rPr>
           <w:t xml:space="preserve">Ministru kabineta 2022. gada 27. septembra noteikumiem Nr. 595 “Noteikumi par Latvijas zinātnes nozaru grupām, zinātnes nozarēm un </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="10C880E0" w:rsidRPr="00F2653B">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
           </w:rPr>
           <w:t>apakšnozarēm</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="10C880E0" w:rsidRPr="00F2653B">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
           </w:rPr>
           <w:t>”</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="10C880E0" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> norāda zinātnes nozaru grupu, kurā ZPD izstrādāts</w:t>
       </w:r>
       <w:r w:rsidR="69976565" w:rsidRPr="00F2653B">
-        <w:t xml:space="preserve">. </w:t>
-[...22 lines deleted...]
-      <w:r w:rsidR="32C7D0C1" w:rsidRPr="00F2653B">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="1B773AFB" w:rsidRPr="00F2653B">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="0063311E">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Titulla</w:t>
       </w:r>
       <w:r w:rsidR="28D27495" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">pu noformē atbilstoši paraugam </w:t>
       </w:r>
       <w:r w:rsidR="005402AF" w:rsidRPr="00F2653B">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>. pielikumā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55843BDB" w14:textId="38519988" w:rsidR="00F1139B" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Anotācija</w:t>
       </w:r>
       <w:r w:rsidR="00E30E2E" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E810E64" w14:textId="182EC690" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Anotācijas sākumā sniedz informāciju par darba autoru</w:t>
       </w:r>
       <w:r w:rsidR="00614C24" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00F1139B" w:rsidRPr="00F2653B">
         <w:t>–</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t>iem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t>) un darba nosaukumu. Nākamajā rindkopā sniedz vispārīgu priekšstatu par darba saturu: kāds ir darba mērķis, kā ir veikts pētījums, kādi ir pētījuma galvenie rezultāti un secinājumi. Anotācijas beigās, atsevišķā rindkopā norāda atslēgvārdus (ne vairāk kā piecus) – jēdzienus, kas visprecīzāk raksturo darba saturu un tiek izmantoti atbilstošajā zinātnes nozarē, atslēgas vār</w:t>
       </w:r>
       <w:r w:rsidR="00FA5C62" w:rsidRPr="00F2653B">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>i parasti neatkārto vārdus, kas ir ietverti pētījuma nosaukumā. Anotācijas apjoms – ne vairāk par pusi lappuses.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6812135A" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Darbā ir nepieciešams ievietot arī </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">anotāciju svešvalodā </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>– kādā no Eiropas Savienības valodām. Visbiežāk to raksta angļu valodā, jo mūsdienās tā ir dominējošā starptautiskās akadēmiskās</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>vides</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>valoda.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Teksts ir latviešu valodā rakstītās anotācijas precīzs tulkojums.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2231BE17" w14:textId="77777777" w:rsidR="00F1139B" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00F1139B">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
+        <w:t xml:space="preserve">Ja darbs tiek rakstīts valodniecībā svešvalodā, tad tajā pašā valodā raksta pirmo anotāciju, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F2653B">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Ja darbs tiek rakstīts valodniecībā svešvalodā, tad tajā pašā valodā raksta pirmo anotāciju, bet otro anotāciju – latviešu valodā. Anotācija svešvalodā nav mehānisks oriģināla tulkojums ar kādu no digitāliem risinājumiem, anotācija ir oriģināla </w:t>
+        <w:t xml:space="preserve">bet otro anotāciju – latviešu valodā. Anotācija svešvalodā nav mehānisks oriģināla tulkojums ar kādu no digitāliem risinājumiem, anotācija ir oriģināla </w:t>
       </w:r>
       <w:r w:rsidR="00F1139B" w:rsidRPr="00F2653B">
         <w:t>skolēna</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F1139B" w:rsidRPr="00F2653B">
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> daļa.</w:t>
       </w:r>
       <w:r w:rsidR="00F1139B" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A0CA380" w14:textId="45233882" w:rsidR="00F1139B" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00DE4C60">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Abas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>anotācijas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -8691,161 +8629,161 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>aiz</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>titullapas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="310D6817" w14:textId="77777777" w:rsidR="00F1139B" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Saturs. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="010C0933" w14:textId="6EAE555B" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ZPD satura rādītājā iekļauj visas darba teksta daļas, nodaļas, apakšnodaļas un pielikumus. Numurē tikai darba satura nodaļas un apakšnodaļas. Ievadu, Anotācijas, Saturu, Secinājumus, Izmantotās literatūras un informācijas avotu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>sarakstu nenumurē.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4427A445" w14:textId="733BA592" w:rsidR="00913C41" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00DE4C60">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Teksta nodaļu, apakšnodaļu un pielikumu virsrakstus noformē hierarhiskā struktūrā ar norādītiem lappušu numuriem, kuros tie atrodami. Visbiežāk izmanto automātisko satura rādītāja veidotāju, kas ļauj izvairīties no nevajadzīgām kļūdām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7353BE09" w14:textId="77777777" w:rsidR="00F1139B" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Ievads. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="073A8698" w14:textId="524BC3C8" w:rsidR="00913C41" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00DE4C60">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Ievadā pamato ZPD temata izvēli. Tajā skaidro pētījuma problēmu un aktualitāti, formulē pētījuma mērķi, tā sasniegšanai veicamos uzdevumus, hipotēzi vai pētījuma jautājumu(</w:t>
       </w:r>
       <w:r w:rsidR="00F1139B" w:rsidRPr="00F2653B">
         <w:t>–</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t>us</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t>). Tāpat norāda pētījumā izmantotās metodes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CF3357C" w14:textId="77777777" w:rsidR="00F1139B" w:rsidRPr="00F2653B" w:rsidRDefault="00F1139B" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> satura izklāsta nodaļas un apakšnodaļas</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="570AFF2D" w14:textId="1D33A2AF" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> Ievadam seko ZPD satura izklāsta nodaļas un apakšnodaļas, kuras ietver literatūras un informācijas avotu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>apskatu (pētījuma teorētisko pamatojumu), metožu aprakstu, iegūto rezultātu izklāstu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>un</w:t>
       </w:r>
@@ -8950,51 +8888,51 @@
       </w:r>
       <w:r w:rsidR="0526E84E" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> izvirzīto mērķi un</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>izvirzītajiem uzdevumiem ir rasta atbilde uz pētījuma jautājumu vai hipotēzes apstiprināšanu. Literatūras apskats jeb teorētiskā daļa</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>nedrīkst pārsniegt 1/3 no darba teksta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BEC57A8" w14:textId="2C1B4230" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Katrai</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>nodaļai</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>var</w:t>
       </w:r>
@@ -9012,51 +8950,51 @@
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>izvērsta apakšstruktūra, taču, lai izdalītu atsevišķu apakšnodaļu, tai jābūt vismaz 1</w:t>
       </w:r>
       <w:r w:rsidR="00F1139B" w:rsidRPr="00F2653B">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>2 lappuses garai. Nodaļai nedrīkst būt tikai viena</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>apakšnodaļa. Katras nodaļas beigās autors vienā vai divās rindkopās sniedz kopsavilkumu par galvenajām veiktajiem pētījumiem, atziņām un faktu materiālu, un veido loģisku pāreju uz nākamo daļu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14EBC0F8" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Darba</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>saturs</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>tiek</w:t>
       </w:r>
@@ -9098,51 +9036,51 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>nozaru</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="54"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>praksei.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3356A404" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Neatkarīgi</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>no</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>darba</w:t>
       </w:r>
@@ -9160,123 +9098,123 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>tajā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">saturiski </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>izklāsta:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DDEF097" w14:textId="31203984" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">galvenos jau publicētos pētījumu rezultātus par izvēlēto tematu, dažādus viedokļus, uzskatus, koncepcijas, tos salīdzinot un kritiski izvērtējot, </w:t>
       </w:r>
       <w:r w:rsidR="799004EF" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ne tikai informatīvi uzskaitot, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">kas ļauj pamatot izvēlēto </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>metodiku;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CC0A11B" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>izvēlēto pētījuma datu vākšanas un analīzes metodes, to izvēles pamatojumu un pētījuma veikšanas detalizētu aprakstu, izmantotos tehniskos palīglīdzekļus un ierobežojumus; datu ievākšanas procedūru, informāciju par pētījuma dalībniekiem, ar pētījuma ētiku saistītos jautājumus;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70A19BC9" w14:textId="77777777" w:rsidR="00544C9C" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>visu darbā iegūto datu apkopojumu, to apstrādes rezultātus, kas ietver arī to atspoguļojumu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -9360,102 +9298,102 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>izvēlētās</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>metodes;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DD9871F" w14:textId="58E1FC87" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pētījuma rezultātu analīzi un interpretāciju, konstatēto faktu skaidrojumu, kā arī to salīdzinājumu ar citu autoru publicētajiem datiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18277968" w14:textId="3FA29F4E" w:rsidR="00913C41" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00DE4C60">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
-        <w:t xml:space="preserve">Mākslas jomās jānošķir teorētiskā daļa un radošā procesa apraksta daļa. Teorētiskajā daļā autors kritiski izvērtē teorijas, koncepcijas, citu mākslinieku/literātu darbus, kas inspirējuši autoru un ir saistīti ar viņa piedāvāto oriģinālo mākslas darbu/projektu vai literāro darbu. Radošā procesa aprakstā autors parāda un kritiski izvērtē, kā, izmantojot teorētisko bāzi, ir tapis </w:t>
+        <w:t>Mākslas jomās jānošķir teorētiskā daļa un radošā procesa apraksta daļa. Teorētiskajā daļā autors kritiski izvērtē teorijas, koncepcijas, citu mākslinieku/literātu darbus, kas inspirējuši autoru un ir saistīti ar viņa piedāvāto oriģinālo mākslas darbu/projektu vai literāro darbu. Radošā procesa aprakstā autors parāda un kritiski izvērtē, kā, izmantojot teorētisko bāzi, ir tapis mākslas darbs vai dizaina objekts/projekts, vai literārs teksts, tulkojums. Šajā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F2653B">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F2653B">
+        <w:t xml:space="preserve">daļā ir svarīgi </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:lastRenderedPageBreak/>
-        <w:t>mākslas darbs vai dizaina objekts/projekts, vai literārs teksts, tulkojums. Šajā</w:t>
+        <w:t>parādīt mākslas darba aprakstu, dizaina objekta/projekta un procesa dokumentāciju (fotoattēlus, grafikus, zīmējumus, maketus, rasējumus, ekonomiskos</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
-        <w:t>daļā ir svarīgi parādīt mākslas darba aprakstu, dizaina objekta/projekta un procesa dokumentāciju (fotoattēlus, grafikus, zīmējumus, maketus, rasējumus, ekonomiskos</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00F2653B">
         <w:t>aprēķinus, materiālu specifikāciju u.c. materiālus pēc autora ieskata), izklāstīt un pamatot izvēlēto tehniku/stratēģijas. Darba tekstā nebūs iespējams aptvert pilnīgi visus savāktos materiālus, tāpēc ieteicams izveidot pārskata tabulas, shēmas, diagrammas u.c. labi pārskatāmus</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>apkopojošos materiālus.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Ļoti</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -9498,69 +9436,69 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pielikumā,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>jo</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ir jāievēro ZPD darba noteiktais maksimālais apjoms lappušu skaita ziņā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F12DF0" w14:textId="77777777" w:rsidR="007766A1" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Secinājumi.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AF62B19" w14:textId="5CC65065" w:rsidR="00913C41" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00DE4C60">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Secinājumiem ir jāatbild uz ZPD izvirzīto pētījuma jautājumu un jābūt pamatotiem ar skolēna pētījuma rezultātiem. Secinājumu daļai jābūt īsai, konkrētai, taču tai ir jāatspoguļo darba gaitā iegūtie galvenie patstāvīgie atzinumi. Secinājumi izriet no pētījumā iegūtajiem rezultātiem un to analīzes. Ir jāņem vērā, ka secinājumi nav konstatējumi (tie tiek aprakstīti pētījuma sadaļā), secinājumiem ir jāatspoguļo uzdevumu izpilde. Secinājumi nav vispārzināmu faktu konstatācija un citu pētnieku teorētisko atziņu atkārtošana. Tie sniedz atbildi</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>uz</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -9674,70 +9612,70 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>pārskatam</w:t>
       </w:r>
       <w:r w:rsidR="00913C41" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> par to,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> ko vē</w:t>
       </w:r>
       <w:r w:rsidR="00913C41" w:rsidRPr="00F2653B">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> skolēns ir apguvis un atklājis pētījuma gaitā – to labāk attīstīt turpmākajos </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>pētījumos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000F0F9C" w14:textId="77777777" w:rsidR="007766A1" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Izmantotās literatūras un informācijas avotu saraksts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F6D477E" w14:textId="477C211C" w:rsidR="00527AED" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">ZPD izstrādē izmanto dažādus avotus. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Literatūra </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ir visi teksti, kas izmantoti pētījumā: iespiestie, neiespiestie, rokrakstu materiāli, interneta resursi</w:t>
       </w:r>
       <w:r w:rsidR="00906E63" w:rsidRPr="00F2653B">
@@ -9766,133 +9704,133 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Literatūras un informācijas avotu sarakstā iekļauj visas darbā atsaucēs pieminētās </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>vienības</w:t>
       </w:r>
       <w:r w:rsidR="6383B501" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> oriģinālvalodā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="636ED7FA" w14:textId="0692212E" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="176D74E3" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Saraksta un atsauču noformēšanai var izvēlēties kādu no atsauču un literatūras un informācijas saraksta (bibliogrāfijas) noformēšanas stiliem</w:t>
       </w:r>
       <w:r w:rsidR="43028481" w:rsidRPr="00F2653B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="43028481" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="20213A33" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Atsauces un izmantotās literatūras un avotu sarakstu noformē atbilstoši paraugam </w:t>
       </w:r>
       <w:r w:rsidR="5340D9B8" w:rsidRPr="00F2653B">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="41D00EF4" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">. un </w:t>
       </w:r>
       <w:r w:rsidR="0ED92E90" w:rsidRPr="00F2653B">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="20213A33" w:rsidRPr="00F2653B">
         <w:t>. pielikumā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44AFFCD3" w14:textId="3F072375" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00DE4C60">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">ZPD rakstīšanā </w:t>
       </w:r>
       <w:r w:rsidR="0C73221A" w:rsidRPr="00F2653B">
         <w:t>jā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>izvairās no tādu informācijas avotu izmantošanas, kas nav zinātniski resursi, piemēram, dažādu produktu ražotāju vai pārdevēju vietnes, interneta dienasgrāmatas un žurnāli</w:t>
       </w:r>
       <w:r w:rsidR="0C73221A" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>(blogi), jautājumu un atbilžu lapas, teksti bez autora un bez publicēšanas datuma u.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>tml.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BBB3D9C" w14:textId="77777777" w:rsidR="007766A1" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Pielikumi. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E830372" w14:textId="5CD67E61" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Pielikumus</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>darbā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ievieto tikai</w:t>
       </w:r>
@@ -9913,158 +9851,158 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>gadījumā,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ja</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>tajos iekļautie materiāli ir oriģināls darba papildinājums, ir pētījuma daļa un tekstā uz šiem pielikumiem ir atbilstoša norāde (atsauce).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7327E941" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Pielikumā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>parasti</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">iekļauj, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>piemēram:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D2C4F55" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>neaizpildītu aptaujas anketas paraugu, intervijas jautājumus;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07EC5F4D" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>autora paša izstrādātos metodiskos materiālus vai darba lapas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1210C446" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>arhīva dokumentu kopijas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="284666DB" w14:textId="14720886" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apjomīgas tabulas, attēlus,</w:t>
       </w:r>
       <w:r w:rsidR="003A431A" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -10130,183 +10068,183 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apgrūtinātu</w:t>
       </w:r>
       <w:r w:rsidR="003A431A" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ZPD pamatteksta uztveri;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71D7D02F" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>skices vai rasējumus;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F5A9966" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>lauka pētījumos – paraugu ievākšanas vietu precīzas ģeogrāfiskās koordinātes;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51BBE7D9" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pētīto autoru fotogrāfijas, dzīves un daiļrades apskatu, mākslas objektus, grāmatu vizuālos attēlus vai teksta fragmentus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30BA4B2C" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Katram pielikumam ir nosaukums, un tos secīgi numurē, pielikumi tiek atspoguļoti Satura rādītājā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75E29A91" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43BA6FEF" w14:textId="77777777" w:rsidR="003A431A" w:rsidRPr="00F2653B" w:rsidRDefault="003A431A" w:rsidP="00EB11D8">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_bookmark6"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00F2653B">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B970D48" w14:textId="3CE4E44B" w:rsidR="6F1BCF52" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00791EBA">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="71" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="896" w:hanging="397"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Zinātniskās pētniecības darba teksta valoda un noformējums</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="782BF775" w14:textId="368D51F8" w:rsidR="00B527C0" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>teksts</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ir</w:t>
       </w:r>
@@ -10507,51 +10445,51 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">neatbilst šai nozarei un </w:t>
       </w:r>
       <w:r w:rsidR="79548D81" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>izstrādājami valsts valodā.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C225B60" w14:textId="1DB3780D" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="7A3BAB91" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ZPD t</w:t>
       </w:r>
       <w:r w:rsidR="67A71C42" w:rsidRPr="00F2653B">
         <w:t>ekstam ir jābūt bez ortogrāfijas, interpunkcijas, stila un drukas kļūdām.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="67A71C42" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">ZPD raksta zinātniskajam valodas stilam atbilstošā valodā un </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="67A71C42" w:rsidRPr="00F2653B">
         <w:t>tekstveidē</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="67A71C42" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">. Tajā neiederas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -10593,91 +10531,91 @@
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="67A71C42" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">nevis </w:t>
       </w:r>
       <w:r w:rsidR="67A71C42" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">es analizēju, raksturoju </w:t>
       </w:r>
       <w:r w:rsidR="67A71C42" w:rsidRPr="00F2653B">
         <w:t>utt.</w:t>
       </w:r>
       <w:r w:rsidR="1623D9A2" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D181D43" w14:textId="2A36859F" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Zinātniskā teksta vērtība slēpjas maksimālā precizitātē un lakoniskumā, loģiskā argumentācijā un pierādīšanas prasmē, kā arī motivētā terminu lietojumā. Zinātniskais</w:t>
       </w:r>
       <w:r w:rsidR="007A0CA1" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>valodas stils nosaka atbilstošu, precīzu un konsekventu zinātniskās terminoloģijas lietošanu. Tāpēc,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>uzsākot teorētiskos pētījumus, skolēns apgūst izpratni par konkrētās nozares jēdzieniem definīcijām, atslēgvārdiem temata kontekstā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41274D56" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Mūsdienās ir pieejams plašs terminu vārdnīcu un enciklopēdiju klāsts, tāpat var izmantot arī zinātniskajās un mācību grāmatās piedāvātos terminu skaidrojumus. Precīzu terminu skaidrošanai var izmantot Latvijas Zinātņu akadēmijas Terminoloģijas komisijas terminu datu bāzi, kā arī daudzas nozaru specifiskās vārdnīcas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCEA659" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Nozares terminu pārzināšana parāda skolēna izpratni par nozari. Termini ir lietojami precīzi,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>visā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>tekstā</w:t>
       </w:r>
@@ -10734,120 +10672,120 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>nozīmi.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Jāizvairās</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>no viena termina vairāku sinonīmu lietojuma darbā. Lai arī termini lielākoties ir internacionālismi, ieteicams lietot latvisku terminu, ja tāds ir izveidots, vai arī sākotnēji minēt gan internacionālismu, gan latvisko terminu, norādot, kuru no tiem turpmāk lietos tekstā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D07075" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Saīsinājumus nelieto virsrakstos, nodaļu un apakšnodaļu pirmajā teikumā.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Pārējā tekstā var īsināt bieži lietotus terminus, jēdzienus vai garākus nosaukumus. Pēc pirmā saīsinājuma pieminēšanas, skaidrojumu var norādīt iekavās vai veidot atsevišķu lapu saīsinājumu skaidrojumam. Teikumu nesāk ar skaitli. Ja tekstā tiek minēti </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t>citvalodu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> īpašvārdi (vārdi, uzvārdi, darbi, ģeogrāfiskie nosaukumi utt.), tos raksta atbilstoši latviešu ortogrāfijai, bet, pirmo reizi minot, aiz tiem iekavās norāda rakstību oriģinālvalodā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14772753" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A2C676E" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
+        <w:pStyle w:val="Virsraksts4"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Darba</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>noformēšanas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>pamatprasības:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5488BD5A" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lapas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="19"/>
@@ -11010,51 +10948,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="50"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>balta;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CD51019" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>teksta</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="48"/>
@@ -11172,51 +11110,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2,5</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="51"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cm;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34D73FDD" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rindstarpas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="1"/>
@@ -11244,51 +11182,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.0;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B9BE47" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fonts</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
@@ -11352,51 +11290,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Roman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30C57E17" w14:textId="3E6E541F" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>burtu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="1"/>
@@ -11560,51 +11498,51 @@
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>treknraksts);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2382F918" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>burtu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -11632,51 +11570,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>melna;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="729AE528" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>teksta</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
@@ -11712,51 +11650,51 @@
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ar </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atkāpi;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B562EC3" w14:textId="426FEE20" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lappuses</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-8"/>
@@ -11873,92 +11811,92 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ievada</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lappuses;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="744CB2CC" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>teksta abas malas izlīdzina, izņemot tekstu tabulās un Izmantotās literatūras</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>un informācijas avotu sarakstā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31F91128" w14:textId="7D37AA14" w:rsidR="006207E3" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Maksimālais darba apjoms – 16 lappuses</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> (24 lappuses humanitāro un sociālo zinātņu nozarēs), ieskaitot titullapu, anotācijas, saturu, visas darba nodaļas un apakšnodaļas un literatūras sarakstu. Minimālais darba apjoms netiek noteikts.</w:t>
       </w:r>
       <w:r w:rsidR="4B805D41" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="4B805D41" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Ja </w:t>
       </w:r>
       <w:r w:rsidR="384064D9" w:rsidRPr="00F2653B">
@@ -12083,51 +12021,51 @@
       </w:r>
       <w:r w:rsidR="73BDFAA9" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">nozarē </w:t>
       </w:r>
       <w:r w:rsidR="05A32480" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">darbam </w:t>
       </w:r>
       <w:r w:rsidR="73BDFAA9" w:rsidRPr="00F2653B">
         <w:t>būs 20</w:t>
       </w:r>
       <w:r w:rsidR="767CBF02" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> lappuses</w:t>
       </w:r>
       <w:r w:rsidR="73BDFAA9" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
       <w:r w:rsidR="7D80C148" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">sociālo zinātņu nozarēs darbam būs </w:t>
       </w:r>
       <w:r w:rsidR="1B89A465" w:rsidRPr="00F2653B">
         <w:t>28 lappuses, tad attiecīgi pēdējās četras no tām netiks vērtētas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D95B88" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Pielikumu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>kopējais</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>apjoms</w:t>
       </w:r>
@@ -12167,51 +12105,51 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>no</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> apjoma.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E5C82DF" w14:textId="1E68A3ED" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Visi grafiki, diagrammas, shēmas, zīmējumi, fotoattēli u.tml. darba tekstā tiek saukti </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>par attēliem</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">. Tiem ir secīga numerācija un paraksti. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tabulām</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
@@ -12319,51 +12257,51 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>numurē.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E15A98F" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">ZPD iesniedz </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>pdf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">formātā. Pārveidojot darba datni </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -12383,238 +12321,238 @@
       <w:r w:rsidRPr="00F2653B">
         <w:t>formātā, jāpārliecinās, vai nav mainījies darba formatējums.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44B4E68B" w14:textId="77777777" w:rsidR="003A431A" w:rsidRPr="00F2653B" w:rsidRDefault="003A431A" w:rsidP="00EB11D8">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_bookmark7"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00F2653B">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A46414A" w14:textId="4C51E2AD" w:rsidR="64C35DC7" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="71" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="896" w:hanging="397"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Zinātniskās pētniecības darba aizstāvēšana</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41C47424" w14:textId="20E8E72E" w:rsidR="0065737E" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="28B22B57" w:rsidRPr="00F2653B">
         <w:t>PD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ir pabeigts, ja tas ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">publiskots. Darbu iespējams prezentēt divos veidos – uzstājoties ar mutisku ziņojumu, kurā tiek izmantota datorprezentācija, vai ar stenda ziņojumu pie stenda referāta (plakāta). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21A960CC" w14:textId="088F3FA9" w:rsidR="00C96117" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Skolēni </w:t>
       </w:r>
       <w:r w:rsidR="007766A1" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">ZPD </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">secīgi prezentē skolas, </w:t>
       </w:r>
       <w:r w:rsidR="007766A1" w:rsidRPr="00F2653B">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="5B5B5703" w:rsidRPr="00F2653B">
         <w:t>ašvaldības</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">, reģiona un valsts </w:t>
       </w:r>
       <w:r w:rsidR="007766A1" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">ZPD </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">konferencē, ja tas tiek izvirzīts uz nākamo kārtu. Skolas, </w:t>
       </w:r>
       <w:r w:rsidR="000C157B" w:rsidRPr="00F2653B">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="7CAF1531" w:rsidRPr="00F2653B">
         <w:t>švaldības</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> un reģiona pasākumos darba prezentēšanas veidu noskaidro šo pasākumu nolikumos vai pie pasākumu organizatoriem. Visu zinātņu grupu valsts ZPD konferences dalībnieki savus pētījumus prezentē stenda ziņojuma veidā. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62CCBD96" w14:textId="1CE3FC02" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Gatavojoties darba aizstāvēšanai</w:t>
       </w:r>
       <w:r w:rsidR="000C157B" w:rsidRPr="00F2653B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> noskaidro darba aizstāvēšanas veidu un rūpīgi iepazīstas ar datorprezentācijas vai plakāta noformēšanas prasībām, kas tiek norādītas konferences nolikumā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63920353" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="1219" w:hanging="578"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_bookmark8"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Plakāta</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> sagatavošana</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73966D34" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Darbu uzsākot, vispirms konferences nolikumā vai no tās organizatoriem noskaidro plakāta vai stenda izmērus, pie kura piestiprina plakātu. Ja stenda izmēri ir zināmi, piemēram, 1 m platums, 2 m augstums, tas nenozīmē, ka plakāts jāgatavo uz visa stenda laukuma – tā izmēram nav jābūt 1 × 2 m. Arī šāda lieluma stendam var izgatavot tradicionālo A0 formāta (841 × 1189 mm) plakātu. Plakātu uz stenda parasti novieto vertikāli. Darba sākumā vispirms sagatavo stenda referāta materiālus (tekstu, ilustrācijas).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE84CDD" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Plakātu var veidot pats, uz plakāta formāta papīra piestiprinot visus iepriekš izdrukātos materiālus, vai arī veikt plakāta maketēšanu ar piemērotu lietotni un pēc tam to nodrukāt. Materiālus uz plakāta izvieto tā, lai tie veidotu vienotu kopskatu – tie nedrīkst būt izvietoti haotiski. Maketēšanai visbiežāk izmanto </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Microsoft PowerPoint </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>lietotni</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Vispirms slaida malu garumu iestata atbilstoši plakāta izmēriem, un tad uz tās kārto sagatavotos materiālus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D9A68F" w14:textId="6111161B" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Plakāta augšējā daļā norāda darba nosaukumu, autoru(</w:t>
       </w:r>
       <w:r w:rsidR="000C157B" w:rsidRPr="00F2653B">
         <w:t>–</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00502BF4" w:rsidRPr="00F2653B">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t>), darba vadītāju un konsultantu (ja tāds ir) un</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
@@ -12648,51 +12586,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">mērķi un uzdevumus, hipotēzi vai pētījuma jautājumu, materiālus un metodes, rezultātus, to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t>izvērtējumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> un secinājumus. Atsevišķās zinātņu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>nozarēs, piemēram, humanitārajās un mākslas zinātnēs var būt atšķirīga plakāta satura struktūra. Minētais attiecas ne tikai uz plakāta, bet arī uz datorprezentācijas satura izklāstu un darba mutisko prezentēšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D78190" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Darba saturu būs vieglāk uztvert, ja plakātā dominēs ilustratīvie materiāli: zīmējumi, fotogrāfijas,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>kartes, shēmas.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Detaļām vai</w:t>
       </w:r>
@@ -12704,51 +12642,51 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>veselām ZPD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>teksta</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>lappusēm uz stenda nav vietas. Detalizētāku informāciju, ja tas nepieciešams, klātesošajiem var pastāstīt pats darba autors. Taču vienlaicīgi informācijai plakātā jābūt pietiekamai, lai pētījuma būtība un darba pamatideja, kā arī secinājumi būtu saprotami bez autora klātbūtnes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="586A61CC" w14:textId="6EC5A7A6" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Izvēlas tāda lieluma burtus, lai teksts būtu salasāms no</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="29"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="000C157B" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="33"/>
@@ -12915,176 +12853,176 @@
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">formāta datnē. Pirms </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>pdf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>datnes nosūtīšanas drukāšanai vēlreiz pārliecinās, ka plakātam ir labs kopskats un nav maketēšanas kļūdas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="136C5A4C" w14:textId="6C7A7351" w:rsidR="0090386D" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Plakātam var piestiprināt arī uzskati – modeļus, maketus, paraugus un produktus. Ja nepieciešams papildus aprīkojums, piem</w:t>
       </w:r>
       <w:r w:rsidR="0090386D" w:rsidRPr="00F2653B">
         <w:t>ēram</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>, galds vai elektriskās strāvas rozete</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">tās nodrošināšanas iespējas laicīgi noskaidro pie konferences </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>organizētājiem.</w:t>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="_bookmark9"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="42636846" w14:textId="3D62D403" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="1219" w:hanging="578"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Datorprezentācijas sagatavošana</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA41F44" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Datorprezentācija nepieciešama, lai ilustrētu un padarītu vieglāk uztveramu mutisko ziņojumu. Datorprezentācijas saturu plāno, rūpīgi atlasot, sagatavojot piemērotu informāciju un ievietojot to slaidos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05506BBE" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Prezentācijas pirmajā slaidā iekļauj titullapā esošo informāciju. Datorprezentācijas struktūra ir līdzīga jau aprakstītajai plakāta struktūrai. Lielāko datorprezentācijas daļu tiek atvēlēta iegūto rezultātu izklāstam, kas attēloti galvenokārt tabulu un ilustrāciju veidā. Izvēlas tikai nozīmīgākās, uzskatāmākās ilustrācijas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79420B32" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Datorprezentācijas sagatavošanā izmanto skolā jau iepriekš apgūtās tās noformēšanas zināšanas un prasmes:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75B47FB0" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>visā datorprezentācijā ievērots vienots noformējuma stils;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28936CF6" w14:textId="73A41495" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>informācija ir labi saskatāma arī auditorijas pēdējā rindā; ieteicamais burtu lielums ir vismaz 28 punkti tekstam un 40</w:t>
       </w:r>
       <w:r w:rsidR="000C157B" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -13094,323 +13032,323 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="000C157B" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>44 punkti virsrakstiem;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AC7F41B" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rūpīgi pārdomāts teksta daudzums vienā slaidā, lai informācija būtu labi uztverama</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23EC8860" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tekstam un ilustrācijām ir labs kontrasts ar fonu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4438992D" w14:textId="49CAA516" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dominē saturam atbilstoša svarīgākā vizuālā informācija, kas ir viegli saprotama un uztverama;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A592611" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>teksts ir gramatiski pareizs un saprotams;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F07291C" w14:textId="623A6104" w:rsidR="37034583" w:rsidRPr="00F2653B" w:rsidRDefault="37034583" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atsauču norāde;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59164865" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prezentācijai ir loģiska struktūra.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46E42BF3" w14:textId="20886919" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Jācenšas, lai datorprezentācijā un stenda referātā (plakātā) netiktu ievietoti sasteigti, kļūdaini un neakurāti sagatavoti materiāli. Ir pieklājīgi pēdējā s</w:t>
       </w:r>
       <w:r w:rsidR="000C157B" w:rsidRPr="00F2653B">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>aidā pateikties par uzmanību</w:t>
       </w:r>
       <w:r w:rsidR="000C157B" w:rsidRPr="00F2653B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> lieki neprovocēt klātesošos uzdot jautājumus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A76DA47" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="1219" w:hanging="578"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_bookmark10"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Darba prezentēšana</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CA096D4" w14:textId="448E7EDD" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="000C157B" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> konferencē darba autors vai autori uzstājas ar</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:t>mutisku ziņojumu</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:t>vai stenda ziņojumu. Mutiskā ziņojuma ilgums ir līdz 7 minūtēm. Stenda ziņojuma prezentēšana sastāv no divām daļām – līdz 4 minūtēm ir autora(-u) uzstāšanās laiks un 6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:t>7 minūtes paredzētas atbildēm uz jautājumiem, ja konferences nolikums neparedz citu ilgumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37C73655" w14:textId="7BB733AA" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">Ja darbu veikuši </w:t>
       </w:r>
       <w:r w:rsidR="0014E46D" w:rsidRPr="00F2653B">
         <w:t>div</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">i autori, tie </w:t>
       </w:r>
       <w:r w:rsidR="5099291E" w:rsidRPr="00F2653B">
         <w:t>abi</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> aktīvi iesaistās darba aizstāvēšanā. Gan prezentācijas laikā, gan atbildot uz jautājumiem, darba autori apliecina, ka </w:t>
       </w:r>
       <w:r w:rsidR="095650BE" w:rsidRPr="00F2653B">
         <w:t>abi</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> autori vienlīdz labi pārzina paveikto darbu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="707C2355" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Ziņojuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>saturu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>var</w:t>
       </w:r>
@@ -13476,62 +13414,62 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>skaitlis</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>vai</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>sīkumos nav jāpārstāsta darba metodes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65646684" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Stāstījumu var papildināt pašu veidota iekārta, eksperiments vai citi uzskates līdzekļi, taču tie nedrīkst aizstāt ziņojumu un novērst klausītāju uzmanību.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ECA577C" w14:textId="77777777" w:rsidR="000C157B" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="000C157B">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Uzstājoties ievēro zinātniskajam stilam atbilstošu valodu, kas apliecina, ka ir apgūta atbilstošās</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>nozares</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>zinātniskā</w:t>
       </w:r>
@@ -13541,51 +13479,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>terminoloģija. Tomēr uzstāšanās nav tik stingri reglamentēta</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">kā rakstiskais darbs. Stāstījumā var ietvert arī kādu zinātniskajam stilam neierastāku informācijas </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:lastRenderedPageBreak/>
         <w:t>pasniegšanas veidu, piemēram, interesanta atgadījuma pārstāstu, taču saistītu ar veikto darbu, kā arī rēķinoties ar prezentācijai atvēlēto laiku.</w:t>
       </w:r>
       <w:r w:rsidR="000C157B" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05E67AA2" w14:textId="61EEDBD8" w:rsidR="000C157B" w:rsidRPr="00F2653B" w:rsidRDefault="000C157B" w:rsidP="000C157B">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Uzstāšanās laikā ļoti svarīgi būt pārliecinošam un uzturēt klātesošo interesi par veikto ZPD</w:t>
       </w:r>
       <w:r w:rsidR="005A2FAC" w:rsidRPr="00F2653B">
         <w:t>. I</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>zturēties pēc iespējas dabiskāk, runāt bez steigas, skaidri, ierastajā ritmā, saprotami</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
@@ -13753,78 +13691,78 @@
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>nolasa</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">no datorprezentācijas, papīra lapas vai plakāta. Uzstājoties informāciju nevis nolasa, bet skaidro; tātad runā no galvas. Ir jāņem vērā, ka klātesošie slaidā izvietoto tekstu izlasa daudz ātrāk par tā nolasīšanu un tādēļ autoriem ir jākoncentrējas uz galveno, kā arī jāskaidro tabulā vai grafikā redzamo (nevis jāpārstāsta vai jānolasa </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>redzamais).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75FB4D39" w14:textId="77777777" w:rsidR="000C157B" w:rsidRPr="00F2653B" w:rsidRDefault="000C157B" w:rsidP="000C157B">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Mutiskajā ziņojumā laikā iekļauj arī atbildes uz recenzenta jautājumiem</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>. Autors</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>var iebilst vai piekrist citiem recenzenta iebildumiem vai kritikai. Pēc uzstāšanās darba autors īsi un konkrēti atbild uz papildjautājumiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="284F13E5" w14:textId="07F4A42F" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="000C157B" w:rsidP="000C157B">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:sectPr w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidSect="00EB11D8">
           <w:headerReference w:type="default" r:id="rId21"/>
           <w:pgSz w:w="11910" w:h="16850"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="0" w:footer="785" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Iekļaušanās ziņojumam atvēlētajā laikā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
@@ -13870,377 +13808,377 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>minūtēs, atkarībā no slaidā ievietotās informācijas, var</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>demonstrēt 7 – 10 slaidus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36E75E12" w14:textId="677D7F36" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00D81DFC">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="896" w:hanging="397"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_bookmark11"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Zinātniskās pētniecības darbu vērtēšana</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6510B479" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00D81DFC">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="1219" w:hanging="578"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_bookmark12"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Zinātniskās pētniecības darbu reģionālā konference</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CE8814A" w14:textId="68BAFEF1" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>reģionālajā konferencē</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>darbu vērtēšanā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">izmanto </w:t>
       </w:r>
       <w:r w:rsidR="02CF0734" w:rsidRPr="00F2653B">
         <w:t>deviņus</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>kritērijus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EB4CCFA" w14:textId="0C3B12FE" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="000C157B" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>koncepcija:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4928452C" w14:textId="4CBE1126" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">darba satura atbilstība </w:t>
       </w:r>
       <w:r w:rsidR="15E54930" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>zinātņu nozarei</w:t>
       </w:r>
       <w:r w:rsidR="05B02398" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, kurā darbs tiek iesniegts</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F28539" w14:textId="6064ABBC" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">darba satura atbilstība </w:t>
       </w:r>
       <w:r w:rsidR="75FE7DBA" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nosaukumam</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AEDA62F" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pētījuma problēmas un/vai aktualitātes apraksts un pamatojums;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A0D480C" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pētījuma mērķis;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A91A849" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pētījuma uzdevumu formulējums;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00F1CDA4" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pētījuma jautājuma vai hipotēzes formulējums un tā kvalitāte.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E2770BB" w14:textId="77777777" w:rsidR="009866B5" w:rsidRPr="00F2653B" w:rsidRDefault="009866B5" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1653"/>
         </w:tabs>
         <w:ind w:left="1701" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="576ACD3D" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Literatūras</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -14259,119 +14197,119 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(teorētiskais</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pamatojums):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4968A9D4" w14:textId="0E8D927D" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>literatūras apskata/analīzes rakstīšanā izmantotās literatūras un informācijas avotu kvalitāte un atbilstība pētījumā izvirzītajam mērķim un pētījuma jautājumam vai hipotēzei</w:t>
       </w:r>
       <w:r w:rsidR="38F29A5B" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="294A8617" w14:textId="7D595145" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="38F29A5B" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>literatūras apskats/analīze.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F8EAC9B" w14:textId="77777777" w:rsidR="009866B5" w:rsidRPr="00F2653B" w:rsidRDefault="009866B5" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="1701" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="770187DF" w14:textId="71ED7FD7" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Metožu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
@@ -14398,588 +14336,588 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pamatojums</w:t>
       </w:r>
       <w:r w:rsidR="6808DCF2" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="501C5097" w14:textId="6D4F94B0" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="6808DCF2" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izmantoto metožu atbilstība darba mērķim, uzdevumiem un iegūstamajiem rezultātiem;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A5A11D3" w14:textId="576AC004" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="6808DCF2" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>metožu apraksts un pamatojums;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ACC2177" w14:textId="0F8C05B2" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="6808DCF2" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pētījuma dizains.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB92827" w14:textId="77777777" w:rsidR="009866B5" w:rsidRPr="00F2653B" w:rsidRDefault="009866B5" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:ind w:left="1134" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34DB5141" w14:textId="0429EA90" w:rsidR="74C4C906" w:rsidRPr="00F2653B" w:rsidRDefault="74C4C906" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rezultātu analīze un interpretācija:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3837526F" w14:textId="438A519B" w:rsidR="74C4C906" w:rsidRPr="00F2653B" w:rsidRDefault="74C4C906" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iegūto rezultātu atbilstība darba mērķim, uzdevumiem un pielietotajām pētījuma metodēm;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="450EE536" w14:textId="3E94AF9A" w:rsidR="74C4C906" w:rsidRPr="00F2653B" w:rsidRDefault="74C4C906" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rezultātu izklāsts;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04C4A609" w14:textId="7D7B559D" w:rsidR="74C4C906" w:rsidRPr="00F2653B" w:rsidRDefault="74C4C906" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rezultātu analīze un interpretācija;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06F15183" w14:textId="643598A6" w:rsidR="74C4C906" w:rsidRPr="00F2653B" w:rsidRDefault="74C4C906" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rezultātu kritisks </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>izvērtējums</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un diskusija;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6449BDBA" w14:textId="30B8CDA1" w:rsidR="74C4C906" w:rsidRPr="00F2653B" w:rsidRDefault="74C4C906" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pētnieciskā procesa izpratne un refleksija.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07AC4E0F" w14:textId="082FF148" w:rsidR="6F1BCF52" w:rsidRPr="00F2653B" w:rsidRDefault="6F1BCF52" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:ind w:left="1289"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="412A1658" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="74C4C906" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Secinājumi:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BDB1FB5" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>secinājumi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A1D7A06" w14:textId="77777777" w:rsidR="009866B5" w:rsidRPr="00F2653B" w:rsidRDefault="009866B5" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="405C315B" w14:textId="1FC3CA17" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pētījuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ētika</w:t>
       </w:r>
       <w:r w:rsidR="7C9FC634" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F52CF37" w14:textId="320C39FC" w:rsidR="7C9FC634" w:rsidRPr="00F2653B" w:rsidRDefault="7C9FC634" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pētījuma ētika</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="761620B7" w14:textId="77777777" w:rsidR="009866B5" w:rsidRPr="00F2653B" w:rsidRDefault="009866B5" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:ind w:left="1134" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21166F68" w14:textId="44E33DF9" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="000C157B" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>noformējums:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="083CEE50" w14:textId="2ECB96E5" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>izmantotās un citētās literatūras un informācijas avotu saraksta noformējums;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28FAB1E3" w14:textId="2E1AAC94" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atsauču lietojums un noformējums;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B834C83" w14:textId="79334D80" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>darba noformējums;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AA479C3" w14:textId="0D4CEBCF" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pareizrakstība un zinātniskais valodas stils.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AC8C18E" w14:textId="77777777" w:rsidR="009866B5" w:rsidRPr="00F2653B" w:rsidRDefault="009866B5" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="317BF18C" w14:textId="74676B7D" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="000C157B" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -14996,86 +14934,86 @@
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pienesums</w:t>
       </w:r>
       <w:r w:rsidR="02F0E085" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="348F8358" w14:textId="5C9F7334" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="02F0E085" w:rsidP="6F1BCF52">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pētnieciskā darba zinātniskais pienesums (oriģinalitāte).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5468EE90" w14:textId="77777777" w:rsidR="009866B5" w:rsidRPr="00F2653B" w:rsidRDefault="009866B5" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:ind w:left="1134" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4104BB69" w14:textId="6BD0087C" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="000C157B" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -15087,388 +15025,388 @@
         <w:t>prezentēšana</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>reģionālajā</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> konferencē:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D967A57" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>saturs;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40E05B95" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>datorprezentācijas noformējums;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A264641" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>uzstāšanās;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F048861" w14:textId="38259F5C" w:rsidR="009866B5" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00D81DFC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">atbildes uz recenzenta un komisijas jautājumiem (skatīt </w:t>
       </w:r>
       <w:r w:rsidR="005402AF" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>. pielikumu).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63410E7B" w14:textId="78ACD41A" w:rsidR="00CE4A00" w:rsidRPr="00F2653B" w:rsidRDefault="00CE4A00" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Jāņem vērā, ka ZPD</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> tiek vērtēts, taču </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">netiek virzīts </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>prezentēšanai reģionālajā konferencē, ja konstatēts pētījuma ētikas pārkāpums un/vai atsauces nav pareizi lietotas un noformētas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="298902B4" w14:textId="7930E152" w:rsidR="009866B5" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Skolēniem ieteicams izmantot vērtēšanas kritērijus kā kontrolsarakstu, lai pirms darba iesniegšanas pārbaudītu, vai darbs ir veikts atbilstoši zinātniskās pētniecības prasībām, vai tajā ir iekļauts viss nepieciešamais un vai darbs ir noformēts atbilstoši prasībām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08398F68" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="1219" w:hanging="578"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_bookmark13"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Zinātniskās pētniecības darbu valsts konference</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="233F3E5B" w14:textId="067482D9" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="000C157B" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ZPD</w:t>
       </w:r>
       <w:r w:rsidR="00A40449" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> valsts konferencē tiek vērtētas stendu referātu prezentācijas pēc šādiem kritērijiem:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C47FE07" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>stenda referāta (plakāta) saturs un noformējums;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00E92BA3" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>prezentācija;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C3BBE92" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>diskusija;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B0A9CE9" w14:textId="12FDE88E" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0039711E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve">pētījuma oriģinalitāte un praktiskais ieguldījums problēmas risinājumā (skatīt </w:t>
       </w:r>
       <w:r w:rsidR="005402AF" w:rsidRPr="00F2653B">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>. pielikumu).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="113292FE" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="212"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0027C858" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_bookmark14"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="113D9976" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0334EDE8" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EDCF9AC" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidSect="00216668">
           <w:headerReference w:type="default" r:id="rId22"/>
           <w:pgSz w:w="11910" w:h="16850"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="785" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DBC7A4B" w14:textId="13936555" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="0088430F">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:spacing w:before="71"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_bookmark15"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Pielikumi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32AC5395" w14:textId="221B093F" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="66DB186E" w:rsidP="0088430F">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="176D74E3" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ielikums</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AB2DA7F" w14:textId="77777777" w:rsidR="00A67566" w:rsidRPr="00F2653B" w:rsidRDefault="00A67566" w:rsidP="00A67566">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:ind w:left="1222" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23D12486" w14:textId="7C189605" w:rsidR="1AADB0B5" w:rsidRPr="00F2653B" w:rsidRDefault="1AADB0B5" w:rsidP="1AADB0B5">
       <w:pPr>
         <w:ind w:right="89"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="179920E9" w14:textId="77777777" w:rsidR="0088430F" w:rsidRPr="00F2653B" w:rsidRDefault="0088430F" w:rsidP="00B81279">
       <w:pPr>
@@ -16033,143 +15971,143 @@
         <w:t>Paldies par Jūsu līdzdalību aptaujā!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B31FF10" w14:textId="202766CA" w:rsidR="1AADB0B5" w:rsidRPr="00F2653B" w:rsidRDefault="1AADB0B5" w:rsidP="1AADB0B5">
       <w:pPr>
         <w:ind w:right="89"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F8098EA" w14:textId="2E626239" w:rsidR="1AADB0B5" w:rsidRPr="00F2653B" w:rsidRDefault="1AADB0B5" w:rsidP="1AADB0B5">
       <w:pPr>
         <w:ind w:right="89"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FDD00D7" w14:textId="38B0D794" w:rsidR="1AADB0B5" w:rsidRPr="00F2653B" w:rsidRDefault="1AADB0B5" w:rsidP="1AADB0B5">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:ind w:left="1222"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03F874F6" w14:textId="67D60471" w:rsidR="1AADB0B5" w:rsidRPr="00F2653B" w:rsidRDefault="1AADB0B5" w:rsidP="1AADB0B5">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:ind w:left="1222"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="108E0DD6" w14:textId="09EE0D13" w:rsidR="1AADB0B5" w:rsidRPr="00F2653B" w:rsidRDefault="1AADB0B5" w:rsidP="1AADB0B5">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:ind w:left="1222"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="516280A0" w14:textId="14A97DE7" w:rsidR="1AADB0B5" w:rsidRPr="00F2653B" w:rsidRDefault="1AADB0B5" w:rsidP="1AADB0B5">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:ind w:left="1222"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79E0BD8D" w14:textId="0B47074B" w:rsidR="1AADB0B5" w:rsidRPr="00F2653B" w:rsidRDefault="1AADB0B5" w:rsidP="1AADB0B5">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:ind w:left="1222"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A0292FF" w14:textId="24B6B828" w:rsidR="1AADB0B5" w:rsidRPr="00F2653B" w:rsidRDefault="1AADB0B5" w:rsidP="00B81279">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="465F7D02" w14:textId="77777777" w:rsidR="00B81279" w:rsidRPr="00F2653B" w:rsidRDefault="00B81279" w:rsidP="00B81279">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78B28050" w14:textId="75C98EC3" w:rsidR="1AADB0B5" w:rsidRPr="00F2653B" w:rsidRDefault="1AADB0B5" w:rsidP="1AADB0B5">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:ind w:left="1222"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="144AF1C2" w14:textId="68256472" w:rsidR="5D820F15" w:rsidRPr="00F2653B" w:rsidRDefault="00B81279" w:rsidP="0088430F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -18292,51 +18230,51 @@
     </w:p>
     <w:p w14:paraId="39308BB6" w14:textId="6DD6C000" w:rsidR="1AADB0B5" w:rsidRPr="00F2653B" w:rsidRDefault="1AADB0B5" w:rsidP="1AADB0B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="643AE9E8" w14:textId="4FCAC394" w:rsidR="00794291" w:rsidRPr="00F2653B" w:rsidRDefault="00794291" w:rsidP="00794291">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78388ED5" w14:textId="71168D99" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="16235024">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="83"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidSect="00216668">
           <w:headerReference w:type="default" r:id="rId23"/>
           <w:pgSz w:w="11910" w:h="16850"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="785" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5572AC27" w14:textId="6E8CB663" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00FA039A" w:rsidP="00FA039A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:spacing w:before="71"/>
         <w:ind w:left="360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
@@ -18347,437 +18285,1307 @@
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="676D2B7A" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="176D74E3" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ielikums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07200494" w14:textId="77777777" w:rsidR="00B81279" w:rsidRPr="00F2653B" w:rsidRDefault="00B81279" w:rsidP="00B81279">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="0C823748" w14:textId="1B0F0148" w:rsidR="00E11F23" w:rsidRPr="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:ind w:left="720"/>
         <w:jc w:val="right"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00F2653B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A4D7C0D" wp14:editId="5D0E88C7">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>716890</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>326060</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6129655" cy="8588045"/>
+                <wp:effectExtent l="0" t="0" r="23495" b="22860"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="6" name="Textbox 6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6129655" cy="8588045"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="6095">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="2061EC9B" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:spacing w:before="64"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="67BEAC7B" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:ind w:left="22"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>[Izglītības</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-8"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>iestādes</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>nosaukums]</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="18EBD10A" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:ind w:left="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="29BF24C1" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:ind w:left="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="24F1DBD4" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:ind w:left="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="6D8B1414" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:ind w:left="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="0B8E28B9" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:ind w:left="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="67BCF295" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:spacing w:before="320"/>
+                              <w:ind w:left="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="56B332DE" w14:textId="0656457D" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:spacing w:before="1"/>
+                              <w:ind w:left="22"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t>[Darba</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> nosaukums]</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="33B34857" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:spacing w:before="185"/>
+                              <w:ind w:left="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="4DF26968" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRPr="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:spacing w:line="257" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E11F23">
+                              <w:rPr>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t>Zinātniskās pētniecības darbs</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3F7E0865" w14:textId="590B5581" w:rsidR="00E11F23" w:rsidRPr="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:spacing w:line="257" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E11F23">
+                              <w:rPr>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t>[</w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId24">
+                              <w:r w:rsidRPr="00E11F23">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hipersaite"/>
+                                  <w:sz w:val="32"/>
+                                  <w:szCs w:val="32"/>
+                                </w:rPr>
+                                <w:t>zinātnes nozaru grupas nosaukums</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                            <w:r w:rsidRPr="00E11F23">
+                              <w:rPr>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t>]</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="73D2EC3C" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="7DBDADB5" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="70BDF8F4" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="4304A0C0" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:spacing w:before="48"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="6F533E0F" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:spacing w:before="48"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="521A2A31" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:spacing w:before="48"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="199CBF21" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:spacing w:before="48"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="66E95A14" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:spacing w:before="48"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="08AECE93" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:spacing w:before="48"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="6214DC01" w14:textId="77777777" w:rsidR="00B97BD3" w:rsidRDefault="00B97BD3" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:spacing w:before="48"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="0D3D188A" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:spacing w:before="48"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="5376DA8A" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00B97BD3">
+                            <w:pPr>
+                              <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
+                              <w:ind w:left="4056" w:right="206" w:hanging="5"/>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>Darba</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-16"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>autors</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-14"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>[-e/-i/-es]:</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-15"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>[Vārds,</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-16"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Uzvārds] </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Darba vadītājs [-a]: </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">[Vārds, Uzvārds] </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2397C62F" w14:textId="7BE32106" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00B97BD3">
+                            <w:pPr>
+                              <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
+                              <w:ind w:left="4056" w:right="206" w:hanging="5"/>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>Darba</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>konsultants</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>[-a]:</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-7"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>[Vārds,</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-9"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>Uzvārds]</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="109ACA26" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="1D49DBD0" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="35828365" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="6AF78272" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="34543791" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="06663FBC" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:spacing w:before="94"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="0D555E33" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:pStyle w:val="Pamatteksts"/>
+                              <w:spacing w:before="94"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="616BAEC4" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                            <w:pPr>
+                              <w:ind w:left="22" w:right="22"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>[Pilsēta]</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>[Gads]</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3A4D7C0D" id="Textbox 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:56.45pt;margin-top:25.65pt;width:482.65pt;height:676.2pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8WfYNyAEAAIYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlFqm7UdLVstQhp&#10;BUgLH+A4TmPheIzHbdK/Z+yk7QpuaHNwJp7n53lvJtv7sTfspDxqsBVfLnLOlJXQaHuo+M8fTx82&#10;nGEQthEGrKr4WSG/371/tx1cqVbQgWmUZ0RisRxcxbsQXJllKDvVC1yAU5aSLfheBPr0h6zxYiD2&#10;3mSrPF9nA/jGeZAKkXb3U5LvEn/bKhm+tS2qwEzFqbaQVp/WOq7ZbivKgxeu03IuQ/xHFb3Qli69&#10;Uu1FEOzo9T9UvZYeENqwkNBn0LZaqqSB1Czzv9S8dMKppIXMQXe1Cd+OVn49vbjvnoXxE4zUwCQC&#10;3TPIX0jeZIPDcsZET7FEQkehY+v7+CYJjA6St+ern2oMTNLmerm6WxcFZ5Jym2KzyT8W0fHsdtx5&#10;DJ8V9CwGFffUsFSCOD1jmKAXSLzNWDYQb35XTIWC0c2TNibm0B/qR+PZScRep2e+DF/DIt1eYDfh&#10;UmqGGTsLnjRGtWGsR6abaAwVE3dqaM7k10AjU3H8fRRecWa+WOpJnK9L4C9BfQl8MI+QpjAWa+Hh&#10;GKDVSeONdy6Amp1cmgczTtPr74S6/T67PwAAAP//AwBQSwMEFAAGAAgAAAAhAPvvvTXiAAAADAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGwQtZMWWkKcCvFYdIGAUli78ZBE+BHZ&#10;bpPy9UxXsJurObpzplyO1rA9hth5JyGbCGDoaq8710jYvD9dLoDFpJxWxjuUcMAIy+r0pFSF9oN7&#10;w/06NYxKXCyUhDalvuA81i1aFSe+R0e7Lx+sShRDw3VQA5Vbw3MhrrlVnaMLrerxvsX6e72zEp7T&#10;Q4jmczi8Pv6sXj5mF3W+EVHK87Px7hZYwjH9wXDUJ3WoyGnrd05HZihn+Q2hEq6yKbAjIOaLHNiW&#10;ppmYzoFXJf//RPULAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/Fn2DcgBAACGAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+++9NeIAAAAMAQAA&#10;DwAAAAAAAAAAAAAAAAAiBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" filled="f" strokeweight=".16931mm">
+                <v:path arrowok="t"/>
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="2061EC9B" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:spacing w:before="64"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="67BEAC7B" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:ind w:left="22"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>[Izglītības</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-8"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>iestādes</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-2"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>nosaukums]</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="18EBD10A" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="29BF24C1" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="24F1DBD4" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="6D8B1414" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="0B8E28B9" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="67BCF295" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:spacing w:before="320"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="56B332DE" w14:textId="0656457D" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:spacing w:before="1"/>
+                        <w:ind w:left="22"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t>[Darba</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:spacing w:val="-2"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:spacing w:val="-2"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t>nosaukums</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:spacing w:val="-2"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t>]</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="33B34857" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:spacing w:before="185"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="4DF26968" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRPr="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:spacing w:line="257" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E11F23">
+                        <w:rPr>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t>Zinātniskās pētniecības darbs</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3F7E0865" w14:textId="590B5581" w:rsidR="00E11F23" w:rsidRPr="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:spacing w:line="257" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E11F23">
+                        <w:rPr>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t>[</w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId25">
+                        <w:r w:rsidRPr="00E11F23">
+                          <w:rPr>
+                            <w:rStyle w:val="Hipersaite"/>
+                            <w:sz w:val="32"/>
+                            <w:szCs w:val="32"/>
+                          </w:rPr>
+                          <w:t>zinātnes nozaru gru</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00E11F23">
+                          <w:rPr>
+                            <w:rStyle w:val="Hipersaite"/>
+                            <w:sz w:val="32"/>
+                            <w:szCs w:val="32"/>
+                          </w:rPr>
+                          <w:t>pas nosaukums</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                      <w:r w:rsidRPr="00E11F23">
+                        <w:rPr>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t>]</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="73D2EC3C" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="7DBDADB5" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="70BDF8F4" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="4304A0C0" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:spacing w:before="48"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="6F533E0F" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:spacing w:before="48"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="521A2A31" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:spacing w:before="48"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="199CBF21" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:spacing w:before="48"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="66E95A14" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:spacing w:before="48"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="08AECE93" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:spacing w:before="48"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="6214DC01" w14:textId="77777777" w:rsidR="00B97BD3" w:rsidRDefault="00B97BD3" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:spacing w:before="48"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="0D3D188A" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:spacing w:before="48"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="5376DA8A" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00B97BD3">
+                      <w:pPr>
+                        <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
+                        <w:ind w:left="4056" w:right="206" w:hanging="5"/>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>Darba</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:spacing w:val="-16"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>autors</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:spacing w:val="-14"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>[-e/-i/-es]:</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:spacing w:val="-15"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>[Vārds,</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-16"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Uzvārds] </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Darba vadītājs [-a]: </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">[Vārds, Uzvārds] </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2397C62F" w14:textId="7BE32106" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00B97BD3">
+                      <w:pPr>
+                        <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
+                        <w:ind w:left="4056" w:right="206" w:hanging="5"/>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>Darba</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>konsultants</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:spacing w:val="-5"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>[-a]:</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:spacing w:val="-7"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>[Vārds,</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-9"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-2"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>Uzvārds]</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="109ACA26" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="1D49DBD0" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="35828365" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="6AF78272" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="34543791" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="06663FBC" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:spacing w:before="94"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="0D555E33" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:pStyle w:val="Pamatteksts"/>
+                        <w:spacing w:before="94"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="616BAEC4" w14:textId="77777777" w:rsidR="00E11F23" w:rsidRDefault="00E11F23" w:rsidP="00E11F23">
+                      <w:pPr>
+                        <w:ind w:left="22" w:right="22"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>[Pilsēta]</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-5"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-2"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>[Gads]</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00B81279" w:rsidRPr="00F2653B">
         <w:t>Titullapas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F2653B">
+      <w:r w:rsidR="00B81279" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F2653B">
+      <w:r w:rsidR="00B81279" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>paraugs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="725C4F2B" w14:textId="77777777" w:rsidR="00B81279" w:rsidRPr="00F2653B" w:rsidRDefault="00B81279" w:rsidP="00B81279">
-[...363 lines deleted...]
-    <w:p w14:paraId="1C6570DC" w14:textId="091030B1" w:rsidR="00B81279" w:rsidRPr="00F2653B" w:rsidRDefault="00FA039A" w:rsidP="00EB11D8">
+    <w:p w14:paraId="1C6570DC" w14:textId="7A8F8E22" w:rsidR="00B81279" w:rsidRPr="00F2653B" w:rsidRDefault="00FA039A" w:rsidP="00EB11D8">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>4.pielikums</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B4D76F6" w14:textId="0287521A" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="6FB85633" w:rsidP="00EB11D8">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -18877,51 +19685,51 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – tekstā iekavās norāda autora (</w:t>
       </w:r>
       <w:r w:rsidR="00B95B00" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">u) uzvārdu, tad ar pirmo skaitli apzīmē izmantotā avota publicēšanas gadu, ar otro – lappusi šajā avotā. Ja atsauci izdara uz vairākiem avotiem, norādes atdala ar semikolu. Ja avotam, uz kuru tiek dota atsauce ir divi autori, tad abi tiek nosaukti. Ja vairāk kā divi autori, tad tiek nosaukts pirmais autors un tālāk tiek lietota norāde u. c. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="006356F4" w:rsidRPr="00F2653B" w14:paraId="05DAE75A" w14:textId="77777777" w:rsidTr="63FF8B70">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -19071,51 +19879,51 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – attiecīgās lappuses apakšā, zem svītras norādot autora (</w:t>
       </w:r>
       <w:r w:rsidR="00B95B00" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">u) uzvārdu un iniciāļus, darba nosaukumu, izdošanas vietu, izdevniecību, izdošanas gadu, lappusi. Atsauces numurē katrā lapā atsevišķi, sākot ar 1, vai nepārtraukti visa darba gaitā (no 1 līdz …). </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="006356F4" w:rsidRPr="00F2653B" w14:paraId="73D958C4" w14:textId="77777777" w:rsidTr="63FF8B70">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -19347,51 +20155,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja vienā lappusē ir </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vairākas atsauces uz vienu un to pašu darbu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, tad pirmajā atsaucē dod pilnu bibliogrāfisku aprakstu, bet nākamajā aprobežojas ar vārdu “Turpat”, norādot arī avota lappuses numuru. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="006356F4" w:rsidRPr="00F2653B" w14:paraId="7576E53E" w14:textId="77777777" w:rsidTr="63FF8B70">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -19935,51 +20743,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> alfabētā. Ja dota atsauce uz avotu, kurš publicēts citā valodā (izņemot latviešu, angļu vai krievu), piemēram, arābu, ķīniešu, tas jāpārtulko latviešu vai angļu valodā. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DBBD62A" w14:textId="21A3E641" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="6FB85633" w:rsidP="00EB11D8">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Atsaucoties uz tekstu, kur lapas ir numurētas, atsaucē jāliek konkrētās lappuses numurs, no kuras tika iegūta informācija. Izmantotās literatūras un avotu sarakstā jāliek kopējais lappušu skaits. Saīsinājums, tāpat kā pats avots, jālieto avota oriģinālvalodā.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="006356F4" w:rsidRPr="00F2653B" w14:paraId="04B642CA" w14:textId="77777777" w:rsidTr="63FF8B70">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -20183,51 +20991,51 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Izdevums (ja nepieciešams). Izdošanas vieta: Izdevējs. Izdevuma apjoms jeb kopējais lappušu skaits. Punkts beigās. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0296AF6C" w14:textId="4786CEFE" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="6FB85633" w:rsidP="00EB11D8">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Elektroniskai grāmatai tiek pievienota arī norāde: Pieejams: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="006356F4" w:rsidRPr="00F2653B" w14:paraId="08FCDC6F" w14:textId="77777777" w:rsidTr="63FF8B70">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -20726,51 +21534,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65569BEA" w14:textId="26222570" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="6FB85633" w:rsidP="00EB11D8">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja izmantotā grāmata ir rakstu krājums vai vairāku autoru kolektīvs darbs, to iekļauj sarakstā pēc tās nosaukuma pirmā burta. Turklāt aiz nosaukuma jānorāda: “... redakcijā”. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="006356F4" w:rsidRPr="00F2653B" w14:paraId="1E77047F" w14:textId="77777777" w:rsidTr="63FF8B70">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -21150,51 +21958,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">u) uzvārds, iniciāļi. (Publikācijas gads iekavās). Raksta nosaukums. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izdevuma nosaukums (slīprakstā)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, sējums, raksta apjoms (lapaspuses no–līdz). </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="006356F4" w:rsidRPr="00F2653B" w14:paraId="4C380A22" w14:textId="77777777" w:rsidTr="63FF8B70">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -21768,51 +22576,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">u) uzvārds, iniciāļi. (Publikācijas gads iekavās). Raksta nosaukums oriģinālvalodā. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Krājuma un konferences nosaukums, sējums (ja nepieciešams), datums, mēnesis, gads (slīprakstā).</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pilsēta: Izdevējs, raksta apjoms (lapaspuses no–līdz). </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="006356F4" w:rsidRPr="00F2653B" w14:paraId="51C3F8E9" w14:textId="77777777" w:rsidTr="63FF8B70">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -22397,51 +23205,51 @@
         <w:spacing w:after="160"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7375E7A6" w14:textId="600860AC" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="6FB85633" w:rsidP="00EB11D8">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="570" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="006356F4" w:rsidRPr="00F2653B" w14:paraId="1D839889" w14:textId="77777777" w:rsidTr="63FF8B70">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
@@ -22706,54 +23514,54 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">]. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pieejams</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25">
+            <w:hyperlink r:id="rId26">
               <w:r w:rsidRPr="00F2653B">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>http://tns.lv/?lang=lv&amp;fullarticle=true&amp;category=showuid&amp;id=4899</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5254ABF3" w14:textId="18C20E0D" w:rsidR="63FF8B70" w:rsidRPr="00F2653B" w:rsidRDefault="63FF8B70" w:rsidP="00EB11D8">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
@@ -22823,184 +23631,200 @@
               </w:rPr>
               <w:t>likums</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pieņemts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Rīgā 1995. gada 2. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>februārī</w:t>
+              <w:t>Rīgā</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve"> 1995. gada 2. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Latvijas</w:t>
+              <w:t>februārī</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Vēstnesis</w:t>
+              <w:t>Latvijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>interneta</w:t>
+              <w:t>Vēstnesis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>vietne</w:t>
+              <w:t>interneta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Likumi.lv [</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>skatīts</w:t>
+              <w:t>vietne</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2016. gada 20. </w:t>
+              <w:t xml:space="preserve"> Likumi.lv [</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>janvārī</w:t>
+              <w:t>skatīts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">]. </w:t>
+              <w:t xml:space="preserve"> 2016. gada 20. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Pieejams</w:t>
+              <w:t>janvārī</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve">]. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pieejams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26">
+            <w:hyperlink r:id="rId27">
               <w:r w:rsidRPr="00F2653B">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>http://likumi.lv/ta/id/33946-par-nodokliem-un-nodevam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E032152" w14:textId="304FEF2B" w:rsidR="63FF8B70" w:rsidRPr="00F2653B" w:rsidRDefault="63FF8B70" w:rsidP="00EB11D8">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
@@ -23193,184 +24017,200 @@
               </w:rPr>
               <w:t>noteikumi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nr. 737, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pieņemti</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Rīgā 2014. gada 2. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>decembrī</w:t>
+              <w:t>Rīgā</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve"> 2014. gada 2. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Latvijas</w:t>
+              <w:t>decembrī</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Vēstnesis</w:t>
+              <w:t>Latvijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>interneta</w:t>
+              <w:t>Vēstnesis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>vietne</w:t>
+              <w:t>interneta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Likumi.lv [</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>skatīts</w:t>
+              <w:t>vietne</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2015. gada 31. </w:t>
+              <w:t xml:space="preserve"> Likumi.lv [</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>janvārī</w:t>
+              <w:t>skatīts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">]. </w:t>
+              <w:t xml:space="preserve"> 2015. gada 31. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Pieejams</w:t>
+              <w:t>janvārī</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve">]. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pieejams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F2653B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27">
+            <w:hyperlink r:id="rId28">
               <w:r w:rsidRPr="00F2653B">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>http://likumi.lv/doc.php?id=270934</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A8CAB84" w14:textId="7A675AD6" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="6FB85633" w:rsidP="00EB11D8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -23572,51 +24412,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Autora uzvārds, iniciāļi. (Gads, datums). </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Materiāla nosaukums, veids (slīprakstā). </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Konferences vai semināra nosaukums.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="9628" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="63FF8B70" w:rsidRPr="00F2653B" w14:paraId="68021705" w14:textId="77777777" w:rsidTr="008C7836">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -23625,103 +24465,76 @@
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Piemērs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C8D2817" w14:textId="21036633" w:rsidR="63FF8B70" w:rsidRPr="00F2653B" w:rsidRDefault="63FF8B70" w:rsidP="00EB11D8">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Eiklīda</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Eiklīda, SIA, gada </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, SIA, gada </w:t>
-[...5 lines deleted...]
-                <w:iCs/>
+              <w:t>pārskats</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F2653B">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>pārskats</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> (2016). SIA Eiklīda </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>grāmatvedības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>materiāli</w:t>
             </w:r>
@@ -24452,51 +25265,51 @@
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> [tiešsaiste]. [datums, kurā avots skatīts]. Pieejams: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="671609A8" w14:textId="77777777" w:rsidR="008C7836" w:rsidRPr="00F2653B" w:rsidRDefault="008C7836" w:rsidP="008C7836">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9632"/>
       </w:tblGrid>
       <w:tr w:rsidR="008C7836" w:rsidRPr="00F2653B" w14:paraId="7B4C3E5E" w14:textId="77777777" w:rsidTr="008C7836">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9632" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A543D63" w14:textId="77777777" w:rsidR="008C7836" w:rsidRPr="00F2653B" w:rsidRDefault="008C7836" w:rsidP="008C7836">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
@@ -24696,51 +25509,51 @@
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="08E51E7C" w14:textId="3CF03B0C" w:rsidR="008C7836" w:rsidRPr="00F2653B" w:rsidRDefault="008C7836" w:rsidP="008C7836">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FCBF112" w14:textId="6605AF21" w:rsidR="63FF8B70" w:rsidRPr="00F2653B" w:rsidRDefault="63FF8B70" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="138"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BB27F13" w14:textId="77777777" w:rsidR="009B30E0" w:rsidRPr="00F2653B" w:rsidRDefault="009B30E0" w:rsidP="00EB11D8">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F56877C" w14:textId="77777777" w:rsidR="009B30E0" w:rsidRPr="00F2653B" w:rsidRDefault="009B30E0" w:rsidP="00EB11D8">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -25181,57 +25994,57 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2159B584" w14:textId="7F7A2B46" w:rsidR="63FF8B70" w:rsidRPr="00F2653B" w:rsidRDefault="1AADB0B5" w:rsidP="1AADB0B5">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
       <w:r w:rsidR="381BCCCE" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pielikums</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E93F1A1" w14:textId="77777777" w:rsidR="009B30E0" w:rsidRPr="00F2653B" w:rsidRDefault="009B30E0" w:rsidP="009B30E0">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:ind w:left="8630" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5835BF10" w14:textId="2C1B5527" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Virsraksts2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Skolēnu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>zinātniskās</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
@@ -25254,92 +26067,92 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>vērtēšanas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>kritēriji</w:t>
       </w:r>
       <w:r w:rsidR="4BCBD93E" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> reģionālajā konferencē</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70891042" w14:textId="77777777" w:rsidR="002F708D" w:rsidRPr="00F2653B" w:rsidRDefault="002F708D" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Virsraksts2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20EFB948" w14:textId="34257F06" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="67A71C42" w:rsidP="00EB11D8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Recenzijas</w:t>
       </w:r>
       <w:r w:rsidR="04D0807E" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> forma</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27A3CB49" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="93"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9783" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
@@ -25443,71 +26256,110 @@
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>darbu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006356F4" w:rsidRPr="00F2653B" w14:paraId="5EA22912" w14:textId="77777777" w:rsidTr="58D76E5D">
         <w:trPr>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10875B7A" w14:textId="16AD5C6D" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00900E5C" w:rsidP="00EB11D8">
+          <w:p w14:paraId="10875B7A" w14:textId="432317C4" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00900E5C" w:rsidP="00EB11D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="113"/>
             </w:pPr>
             <w:r>
-              <w:t>Darba autora/-u kods:</w:t>
+              <w:t>Darba autora/</w:t>
+            </w:r>
+            <w:r w:rsidR="00322776">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">u </w:t>
+            </w:r>
+            <w:r w:rsidR="00E24C46">
+              <w:t>vārds, uzvārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6921" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="33CD1B6E" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00895CF3" w:rsidRPr="00F2653B" w14:paraId="7687E59B" w14:textId="77777777" w:rsidTr="00895CF3">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B7CBA0" w14:textId="20162CE4" w:rsidR="00895CF3" w:rsidRPr="00F2653B" w:rsidRDefault="00895CF3" w:rsidP="00EB11D8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="113"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Izglītības iestādes nosaukums</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6921" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="200B8F5F" w14:textId="77777777" w:rsidR="00895CF3" w:rsidRPr="00F2653B" w:rsidRDefault="00895CF3" w:rsidP="00EB11D8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006356F4" w:rsidRPr="00F2653B" w14:paraId="09AEF913" w14:textId="77777777" w:rsidTr="58D76E5D">
         <w:trPr>
           <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5172C918" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="113"/>
             </w:pPr>
             <w:r w:rsidRPr="00F2653B">
               <w:t>Zinātniskās</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -26381,62 +27233,62 @@
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1.1.</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="57B1B537" w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Darba satura atbilstība </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28">
+            <w:hyperlink r:id="rId29">
               <w:r w:rsidR="57B1B537" w:rsidRPr="00F2653B">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>zinātņu nozar</w:t>
               </w:r>
               <w:r w:rsidR="0A5899A4" w:rsidRPr="00F2653B">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>u grupai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="57B1B537" w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="57B1B537" w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="57B1B537" w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -32136,51 +32988,51 @@
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>vērtē,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>ja darbs izvirzīts</w:t>
       </w:r>
       <w:r w:rsidR="00DE0A1C" w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> ZPD mutvārdu prezentācijas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t xml:space="preserve"> aizstāvēšanai reģionālajā konferencē.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31D49680" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9899" w:type="dxa"/>
         <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -33561,89 +34413,89 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1102" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="203C9FA3" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1479" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50C4F320" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F3D3553" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
         <w:sectPr w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidSect="009772CF">
-          <w:headerReference w:type="default" r:id="rId29"/>
+          <w:headerReference w:type="default" r:id="rId30"/>
           <w:pgSz w:w="11910" w:h="16850"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="0" w:footer="785" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18FD7750" w14:textId="0A8BC149" w:rsidR="009B30E0" w:rsidRPr="00F2653B" w:rsidRDefault="1AADB0B5" w:rsidP="1AADB0B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
         </w:tabs>
         <w:spacing w:before="71"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">7. </w:t>
       </w:r>
       <w:r w:rsidR="176D74E3" w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pielikums</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FCFF24F" w14:textId="7691D7FF" w:rsidR="009657FB" w:rsidRPr="00F2653B" w:rsidRDefault="44D776D2" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Virsraksts2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:t>Skolēnu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>zinātniskās</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
@@ -33660,51 +34512,51 @@
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>vērtēšanas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>kritēriji valsts konferencē</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="778F8DDF" w14:textId="77777777" w:rsidR="009657FB" w:rsidRPr="00F2653B" w:rsidRDefault="009657FB" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Virsraksts2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5942A7A9" w14:textId="71695ADA" w:rsidR="009657FB" w:rsidRPr="00F2653B" w:rsidRDefault="44D776D2" w:rsidP="00EB11D8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -33917,51 +34769,51 @@
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>kritērijā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:t>vērtētajam</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2653B">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> komponentam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56AC2409" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="36"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10343" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -37724,797 +38576,826 @@
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E1424C9" w14:textId="77777777" w:rsidR="00A40449" w:rsidRPr="00F2653B" w:rsidRDefault="00A40449" w:rsidP="00EB11D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="100" w:beforeAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F2653B">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0FD568F4" w14:textId="77777777" w:rsidR="0084571A" w:rsidRPr="00F2653B" w:rsidRDefault="0084571A" w:rsidP="009B30E0"/>
     <w:sectPr w:rsidR="0084571A" w:rsidRPr="00F2653B" w:rsidSect="00216668">
-      <w:headerReference w:type="default" r:id="rId30"/>
+      <w:headerReference w:type="default" r:id="rId31"/>
       <w:pgSz w:w="11910" w:h="16850"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="785" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6737FF48" w14:textId="77777777" w:rsidR="003E66C6" w:rsidRDefault="003E66C6">
+    <w:p w14:paraId="271986C2" w14:textId="77777777" w:rsidR="00C05B79" w:rsidRDefault="00C05B79">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BEFCB60" w14:textId="77777777" w:rsidR="003E66C6" w:rsidRDefault="003E66C6">
+    <w:p w14:paraId="32A53D07" w14:textId="77777777" w:rsidR="00C05B79" w:rsidRDefault="00C05B79">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1874226386"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6A166EAA" w14:textId="3FFDF60D" w:rsidR="00F730E9" w:rsidRPr="00154598" w:rsidRDefault="00F730E9">
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="Kjene"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00154598">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00154598">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00154598">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00F45043">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00F45043">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00154598">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3C2D2B14" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRPr="00154598" w:rsidRDefault="00F730E9">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09B7C7B1" w14:textId="77777777" w:rsidR="003E66C6" w:rsidRDefault="003E66C6">
+    <w:p w14:paraId="720A0825" w14:textId="77777777" w:rsidR="00C05B79" w:rsidRDefault="00C05B79">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10A3F429" w14:textId="77777777" w:rsidR="003E66C6" w:rsidRDefault="003E66C6">
+    <w:p w14:paraId="1907ACD1" w14:textId="77777777" w:rsidR="00C05B79" w:rsidRDefault="00C05B79">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F730E9" w14:paraId="09530CFB" w14:textId="77777777" w:rsidTr="000546BA">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="5C29655C" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="3B226DF6" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="32E153A7" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5225AE75" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="386EBAE1" w14:textId="569FD5D0" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="005A2FAC">
+  <w:p w14:paraId="5AAC9A17" w14:textId="77777777" w:rsidR="0096374C" w:rsidRDefault="0096374C" w:rsidP="0096374C">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
-[...3 lines deleted...]
-      </w:tabs>
+      <w:pStyle w:val="Nosaukums"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...2 lines deleted...]
-    <w:r w:rsidRPr="006356F4">
+    <w:r w:rsidRPr="001A5C44">
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="lv-LV"/>
+        <w:sz w:val="22"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0373875F" wp14:editId="5FC9BF43">
-[...2 lines deleted...]
-          <wp:docPr id="308063121" name="Picture 2" descr="D:\Downloads\logo-rinda-ar-fonu (1).png"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B7F387A" wp14:editId="36DBF4BB">
+          <wp:extent cx="2786829" cy="1030605"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="94448111" name="Picture 2" descr="A blue and red logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPr id="94448111" name="Picture 2" descr="A blue and red logo&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2194297" cy="810649"/>
+                    <a:ext cx="2810681" cy="1039426"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r>
-      <w:tab/>
+    <w:r w:rsidRPr="0096374C">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="386EBAE1" w14:textId="645029DD" w:rsidR="00F730E9" w:rsidRPr="00C45671" w:rsidRDefault="0096374C" w:rsidP="0096374C">
+    <w:pPr>
+      <w:pStyle w:val="Nosaukums"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00C45671">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>ESF+ projekts Nr. 4.2.2.3/1/24/I/001 “Pedagogu profesionālā atbalsta sistēmas izveide”</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F730E9" w14:paraId="683A6264" w14:textId="77777777" w:rsidTr="000546BA">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="27E17DDC" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="10A6269C" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="5123DF4D" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="22DD72DE" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F730E9" w14:paraId="4DA7865B" w14:textId="77777777" w:rsidTr="000546BA">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="56423864" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="457A3A28" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="7D15F010" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2EDA244E" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F730E9" w14:paraId="1BD528E1" w14:textId="77777777" w:rsidTr="000546BA">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="0DCC22CE" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="6B5FFA9F" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="5C1E9208" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5B8E0FC3" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F730E9" w14:paraId="47BB3115" w14:textId="77777777" w:rsidTr="000546BA">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="584D4934" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="27FE3EB6" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="5FB89865" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="7356DD06" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F730E9" w14:paraId="580372A0" w14:textId="77777777" w:rsidTr="000546BA">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="12411902" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="666916A0" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="6895DB1A" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="17513979" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F730E9" w14:paraId="09D1D45A" w14:textId="77777777" w:rsidTr="000546BA">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="2D337A37" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="2AE461E1" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="168BBCAC" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="51CC2735" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header9.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
       <w:gridCol w:w="3475"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F730E9" w14:paraId="42855AED" w14:textId="77777777" w:rsidTr="000546BA">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="14EC7057" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="4D9E6D61" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3475" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="51D70FC8" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="10FE05D3" w14:textId="77777777" w:rsidR="00F730E9" w:rsidRDefault="00F730E9" w:rsidP="000546BA">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="003D5DA7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="13702BB8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
@@ -42007,303 +42888,319 @@
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="57442035">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1933737779">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="278074006">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="552161862">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="24"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A40449"/>
     <w:rsid w:val="000001A6"/>
     <w:rsid w:val="000053BD"/>
     <w:rsid w:val="00006BDD"/>
     <w:rsid w:val="000123F4"/>
     <w:rsid w:val="000175E3"/>
     <w:rsid w:val="00022AEA"/>
     <w:rsid w:val="00035BA3"/>
     <w:rsid w:val="00036AAD"/>
     <w:rsid w:val="0004736C"/>
     <w:rsid w:val="0005279B"/>
     <w:rsid w:val="00053D64"/>
     <w:rsid w:val="000546BA"/>
     <w:rsid w:val="00076595"/>
     <w:rsid w:val="000928D0"/>
+    <w:rsid w:val="00093DC4"/>
     <w:rsid w:val="000A0C83"/>
     <w:rsid w:val="000A4E63"/>
     <w:rsid w:val="000B1461"/>
     <w:rsid w:val="000B48BB"/>
     <w:rsid w:val="000B5B21"/>
     <w:rsid w:val="000C0FE7"/>
     <w:rsid w:val="000C157B"/>
     <w:rsid w:val="000D792D"/>
     <w:rsid w:val="000E01C9"/>
     <w:rsid w:val="000E26F4"/>
     <w:rsid w:val="000F0338"/>
     <w:rsid w:val="00107FA3"/>
     <w:rsid w:val="0011461C"/>
     <w:rsid w:val="00120FD5"/>
     <w:rsid w:val="0012690B"/>
     <w:rsid w:val="00140D10"/>
+    <w:rsid w:val="00145497"/>
     <w:rsid w:val="0014E46D"/>
     <w:rsid w:val="00154598"/>
     <w:rsid w:val="001613D8"/>
     <w:rsid w:val="00161B98"/>
     <w:rsid w:val="00165F5D"/>
     <w:rsid w:val="0016E8D3"/>
     <w:rsid w:val="00170B99"/>
+    <w:rsid w:val="00171064"/>
     <w:rsid w:val="0018295C"/>
     <w:rsid w:val="00186566"/>
     <w:rsid w:val="0019133E"/>
     <w:rsid w:val="00195AC8"/>
+    <w:rsid w:val="001A0D1E"/>
     <w:rsid w:val="001A46D0"/>
     <w:rsid w:val="001B1FA1"/>
     <w:rsid w:val="001B44CE"/>
     <w:rsid w:val="001D0842"/>
     <w:rsid w:val="001E3679"/>
     <w:rsid w:val="001E735F"/>
     <w:rsid w:val="001F195C"/>
     <w:rsid w:val="002051E5"/>
     <w:rsid w:val="00206A18"/>
     <w:rsid w:val="0020D260"/>
     <w:rsid w:val="00216668"/>
     <w:rsid w:val="00236E26"/>
     <w:rsid w:val="0023761F"/>
     <w:rsid w:val="00237C62"/>
     <w:rsid w:val="00240B23"/>
     <w:rsid w:val="00254BBE"/>
     <w:rsid w:val="00255C76"/>
     <w:rsid w:val="00262910"/>
     <w:rsid w:val="00272EE4"/>
     <w:rsid w:val="002773D6"/>
     <w:rsid w:val="00277701"/>
+    <w:rsid w:val="00283DF7"/>
     <w:rsid w:val="00286C23"/>
     <w:rsid w:val="002A110F"/>
     <w:rsid w:val="002A3C28"/>
     <w:rsid w:val="002B20CC"/>
     <w:rsid w:val="002C7F59"/>
     <w:rsid w:val="002D151D"/>
+    <w:rsid w:val="002E030B"/>
     <w:rsid w:val="002E3165"/>
     <w:rsid w:val="002F28EA"/>
     <w:rsid w:val="002F42F0"/>
     <w:rsid w:val="002F53F4"/>
     <w:rsid w:val="002F708D"/>
+    <w:rsid w:val="00322776"/>
     <w:rsid w:val="00322D43"/>
     <w:rsid w:val="00323013"/>
     <w:rsid w:val="003234BF"/>
     <w:rsid w:val="00330EAD"/>
     <w:rsid w:val="003421C4"/>
     <w:rsid w:val="00342B29"/>
     <w:rsid w:val="00346A37"/>
     <w:rsid w:val="00353AD1"/>
     <w:rsid w:val="00364906"/>
     <w:rsid w:val="00367259"/>
     <w:rsid w:val="00391F35"/>
     <w:rsid w:val="003934DE"/>
     <w:rsid w:val="0039711E"/>
     <w:rsid w:val="00397824"/>
     <w:rsid w:val="003A1250"/>
     <w:rsid w:val="003A36D7"/>
     <w:rsid w:val="003A431A"/>
     <w:rsid w:val="003A575E"/>
     <w:rsid w:val="003A628F"/>
     <w:rsid w:val="003B6DAC"/>
     <w:rsid w:val="003C2510"/>
     <w:rsid w:val="003C5B29"/>
     <w:rsid w:val="003D0093"/>
     <w:rsid w:val="003D1803"/>
     <w:rsid w:val="003E0E6A"/>
     <w:rsid w:val="003E66C6"/>
+    <w:rsid w:val="00402EF8"/>
     <w:rsid w:val="0042004C"/>
     <w:rsid w:val="0042599C"/>
     <w:rsid w:val="00430F73"/>
     <w:rsid w:val="00440433"/>
     <w:rsid w:val="004526AA"/>
     <w:rsid w:val="004528A4"/>
     <w:rsid w:val="0046082C"/>
     <w:rsid w:val="004851D9"/>
     <w:rsid w:val="00491167"/>
     <w:rsid w:val="00496199"/>
     <w:rsid w:val="004A38EA"/>
     <w:rsid w:val="004A3DA3"/>
     <w:rsid w:val="004B211C"/>
     <w:rsid w:val="004B5BB2"/>
     <w:rsid w:val="004B6DD0"/>
     <w:rsid w:val="004C4BF9"/>
     <w:rsid w:val="004C50C5"/>
     <w:rsid w:val="004F27F2"/>
     <w:rsid w:val="004F3BE8"/>
     <w:rsid w:val="004F6C14"/>
     <w:rsid w:val="00501C9B"/>
     <w:rsid w:val="00502BF4"/>
+    <w:rsid w:val="00505462"/>
     <w:rsid w:val="0051223A"/>
     <w:rsid w:val="00527094"/>
     <w:rsid w:val="00527AED"/>
     <w:rsid w:val="00537FDE"/>
     <w:rsid w:val="005402AF"/>
     <w:rsid w:val="005434DE"/>
     <w:rsid w:val="00544C9C"/>
     <w:rsid w:val="00545BC1"/>
     <w:rsid w:val="00546073"/>
     <w:rsid w:val="00553EA9"/>
     <w:rsid w:val="00557000"/>
     <w:rsid w:val="00561417"/>
+    <w:rsid w:val="00561D94"/>
     <w:rsid w:val="00566231"/>
     <w:rsid w:val="00592D3F"/>
     <w:rsid w:val="005A2FAC"/>
     <w:rsid w:val="005A31EA"/>
     <w:rsid w:val="005A352E"/>
     <w:rsid w:val="005A51A7"/>
     <w:rsid w:val="005C0FC9"/>
     <w:rsid w:val="005C57B7"/>
     <w:rsid w:val="005C5F29"/>
     <w:rsid w:val="005D110C"/>
     <w:rsid w:val="005E4EC4"/>
     <w:rsid w:val="005F60E1"/>
     <w:rsid w:val="00613C04"/>
     <w:rsid w:val="00614C24"/>
     <w:rsid w:val="006207E3"/>
+    <w:rsid w:val="0063311E"/>
     <w:rsid w:val="006356F4"/>
     <w:rsid w:val="00636E41"/>
     <w:rsid w:val="00652A4D"/>
     <w:rsid w:val="00655BAF"/>
     <w:rsid w:val="00657359"/>
     <w:rsid w:val="0065737E"/>
     <w:rsid w:val="00662250"/>
     <w:rsid w:val="00670523"/>
+    <w:rsid w:val="006862EF"/>
     <w:rsid w:val="00690E04"/>
     <w:rsid w:val="00693269"/>
     <w:rsid w:val="00693A02"/>
     <w:rsid w:val="00693C41"/>
     <w:rsid w:val="006B23B4"/>
     <w:rsid w:val="006B289E"/>
     <w:rsid w:val="006B6A06"/>
     <w:rsid w:val="006C3BDD"/>
     <w:rsid w:val="006D7ADD"/>
     <w:rsid w:val="006F2541"/>
     <w:rsid w:val="006F5888"/>
     <w:rsid w:val="006F626D"/>
+    <w:rsid w:val="006F6461"/>
     <w:rsid w:val="0074173B"/>
     <w:rsid w:val="00752C40"/>
     <w:rsid w:val="007663BE"/>
     <w:rsid w:val="00774FF1"/>
     <w:rsid w:val="00775EDC"/>
     <w:rsid w:val="007766A1"/>
     <w:rsid w:val="007831CE"/>
     <w:rsid w:val="00785DDC"/>
     <w:rsid w:val="00791EBA"/>
     <w:rsid w:val="00792F55"/>
     <w:rsid w:val="00794291"/>
     <w:rsid w:val="007952E4"/>
     <w:rsid w:val="00795598"/>
     <w:rsid w:val="00795848"/>
     <w:rsid w:val="00795DE9"/>
     <w:rsid w:val="007A07E9"/>
     <w:rsid w:val="007A0CA1"/>
     <w:rsid w:val="007A4B59"/>
     <w:rsid w:val="007B03C6"/>
     <w:rsid w:val="007B5C1F"/>
     <w:rsid w:val="007B5E33"/>
     <w:rsid w:val="007D4520"/>
     <w:rsid w:val="007E5AED"/>
     <w:rsid w:val="007E7BF8"/>
     <w:rsid w:val="007F5EB0"/>
     <w:rsid w:val="007F7031"/>
     <w:rsid w:val="008053DC"/>
     <w:rsid w:val="00810BD6"/>
     <w:rsid w:val="008110BD"/>
     <w:rsid w:val="00826BF6"/>
     <w:rsid w:val="00832E52"/>
     <w:rsid w:val="00834C2B"/>
     <w:rsid w:val="00842BDB"/>
     <w:rsid w:val="00844C27"/>
     <w:rsid w:val="0084571A"/>
     <w:rsid w:val="00854356"/>
     <w:rsid w:val="008543F4"/>
     <w:rsid w:val="0085486C"/>
     <w:rsid w:val="0088430F"/>
     <w:rsid w:val="008917BD"/>
     <w:rsid w:val="008920AC"/>
     <w:rsid w:val="00892632"/>
     <w:rsid w:val="008928CA"/>
+    <w:rsid w:val="00895CF3"/>
     <w:rsid w:val="008976E8"/>
     <w:rsid w:val="008A160D"/>
     <w:rsid w:val="008B4C5C"/>
     <w:rsid w:val="008C22EF"/>
     <w:rsid w:val="008C51C9"/>
+    <w:rsid w:val="008C5FD9"/>
     <w:rsid w:val="008C7836"/>
     <w:rsid w:val="008D06BC"/>
     <w:rsid w:val="008D0E4B"/>
     <w:rsid w:val="008D27A1"/>
     <w:rsid w:val="008E2506"/>
     <w:rsid w:val="008E2520"/>
     <w:rsid w:val="00900E5C"/>
     <w:rsid w:val="0090320B"/>
     <w:rsid w:val="0090386D"/>
     <w:rsid w:val="00906E63"/>
     <w:rsid w:val="00913C41"/>
     <w:rsid w:val="00923A8D"/>
     <w:rsid w:val="00924B89"/>
     <w:rsid w:val="00931084"/>
     <w:rsid w:val="0093248F"/>
     <w:rsid w:val="009423F2"/>
     <w:rsid w:val="009449ED"/>
+    <w:rsid w:val="0096374C"/>
     <w:rsid w:val="009657FB"/>
     <w:rsid w:val="009671C7"/>
     <w:rsid w:val="00975B71"/>
     <w:rsid w:val="009772CF"/>
     <w:rsid w:val="00981738"/>
     <w:rsid w:val="009866B5"/>
     <w:rsid w:val="00990C73"/>
     <w:rsid w:val="009B1182"/>
     <w:rsid w:val="009B30E0"/>
     <w:rsid w:val="009C2066"/>
     <w:rsid w:val="009C552F"/>
     <w:rsid w:val="00A03832"/>
     <w:rsid w:val="00A044D7"/>
     <w:rsid w:val="00A06741"/>
     <w:rsid w:val="00A1708A"/>
     <w:rsid w:val="00A216FB"/>
     <w:rsid w:val="00A2241F"/>
     <w:rsid w:val="00A22D5A"/>
     <w:rsid w:val="00A2536C"/>
     <w:rsid w:val="00A253F6"/>
     <w:rsid w:val="00A32CB3"/>
     <w:rsid w:val="00A33838"/>
     <w:rsid w:val="00A40449"/>
     <w:rsid w:val="00A51268"/>
     <w:rsid w:val="00A546F7"/>
@@ -42317,163 +43214,173 @@
     <w:rsid w:val="00A84414"/>
     <w:rsid w:val="00A920CB"/>
     <w:rsid w:val="00A9476A"/>
     <w:rsid w:val="00AA19D2"/>
     <w:rsid w:val="00AA2FA4"/>
     <w:rsid w:val="00AA3EFE"/>
     <w:rsid w:val="00AA49B1"/>
     <w:rsid w:val="00AC14BA"/>
     <w:rsid w:val="00AC2C0F"/>
     <w:rsid w:val="00AE017B"/>
     <w:rsid w:val="00AE1A90"/>
     <w:rsid w:val="00AE4F16"/>
     <w:rsid w:val="00AE56CD"/>
     <w:rsid w:val="00AF7F9F"/>
     <w:rsid w:val="00B22128"/>
     <w:rsid w:val="00B301CD"/>
     <w:rsid w:val="00B411F6"/>
     <w:rsid w:val="00B527C0"/>
     <w:rsid w:val="00B5535F"/>
     <w:rsid w:val="00B6438C"/>
     <w:rsid w:val="00B81279"/>
     <w:rsid w:val="00B8181A"/>
     <w:rsid w:val="00B8524C"/>
     <w:rsid w:val="00B91F73"/>
     <w:rsid w:val="00B95B00"/>
+    <w:rsid w:val="00B97BD3"/>
     <w:rsid w:val="00BA2CE1"/>
     <w:rsid w:val="00BA765B"/>
     <w:rsid w:val="00BB3D21"/>
     <w:rsid w:val="00BB6F1E"/>
     <w:rsid w:val="00BC3B05"/>
+    <w:rsid w:val="00BC7CBD"/>
     <w:rsid w:val="00BE3B63"/>
     <w:rsid w:val="00BF5DD7"/>
+    <w:rsid w:val="00C05B79"/>
     <w:rsid w:val="00C06304"/>
     <w:rsid w:val="00C07858"/>
     <w:rsid w:val="00C10F05"/>
     <w:rsid w:val="00C22458"/>
     <w:rsid w:val="00C412C6"/>
+    <w:rsid w:val="00C45671"/>
     <w:rsid w:val="00C50CC8"/>
     <w:rsid w:val="00C613D4"/>
     <w:rsid w:val="00C843E3"/>
     <w:rsid w:val="00C96117"/>
     <w:rsid w:val="00CA007D"/>
     <w:rsid w:val="00CA5A26"/>
     <w:rsid w:val="00CA668F"/>
     <w:rsid w:val="00CD3093"/>
     <w:rsid w:val="00CE0936"/>
     <w:rsid w:val="00CE4A00"/>
     <w:rsid w:val="00CE561B"/>
     <w:rsid w:val="00CE799F"/>
     <w:rsid w:val="00D04A1B"/>
     <w:rsid w:val="00D102C5"/>
     <w:rsid w:val="00D16167"/>
     <w:rsid w:val="00D16C0A"/>
     <w:rsid w:val="00D20957"/>
+    <w:rsid w:val="00D219C3"/>
     <w:rsid w:val="00D436FA"/>
     <w:rsid w:val="00D441B2"/>
     <w:rsid w:val="00D44448"/>
     <w:rsid w:val="00D450F8"/>
     <w:rsid w:val="00D47980"/>
     <w:rsid w:val="00D53DED"/>
     <w:rsid w:val="00D60728"/>
     <w:rsid w:val="00D60BEB"/>
     <w:rsid w:val="00D646CA"/>
     <w:rsid w:val="00D66EC8"/>
     <w:rsid w:val="00D702C7"/>
     <w:rsid w:val="00D70958"/>
     <w:rsid w:val="00D80A07"/>
     <w:rsid w:val="00D81DFC"/>
     <w:rsid w:val="00D827A2"/>
     <w:rsid w:val="00D8553A"/>
     <w:rsid w:val="00D878B2"/>
     <w:rsid w:val="00D90164"/>
     <w:rsid w:val="00DB37F6"/>
     <w:rsid w:val="00DC0AAF"/>
     <w:rsid w:val="00DC1985"/>
     <w:rsid w:val="00DC42BE"/>
     <w:rsid w:val="00DC470D"/>
     <w:rsid w:val="00DC5162"/>
     <w:rsid w:val="00DD7D3B"/>
     <w:rsid w:val="00DE0A1C"/>
     <w:rsid w:val="00DE4C60"/>
     <w:rsid w:val="00DE4E4C"/>
     <w:rsid w:val="00DF0DCE"/>
     <w:rsid w:val="00DF206B"/>
     <w:rsid w:val="00E0372F"/>
+    <w:rsid w:val="00E11F23"/>
+    <w:rsid w:val="00E24C46"/>
     <w:rsid w:val="00E30E2E"/>
+    <w:rsid w:val="00E359AE"/>
     <w:rsid w:val="00E4342D"/>
     <w:rsid w:val="00E4609A"/>
     <w:rsid w:val="00E4616B"/>
     <w:rsid w:val="00E54A59"/>
     <w:rsid w:val="00E57266"/>
     <w:rsid w:val="00E57351"/>
     <w:rsid w:val="00E705E2"/>
     <w:rsid w:val="00E74289"/>
     <w:rsid w:val="00E7509D"/>
     <w:rsid w:val="00E81A11"/>
     <w:rsid w:val="00E83AD1"/>
     <w:rsid w:val="00E8443F"/>
     <w:rsid w:val="00E86663"/>
+    <w:rsid w:val="00E9059B"/>
     <w:rsid w:val="00E90A32"/>
     <w:rsid w:val="00EA3D49"/>
     <w:rsid w:val="00EB11D8"/>
     <w:rsid w:val="00EB3356"/>
     <w:rsid w:val="00EC2B61"/>
     <w:rsid w:val="00EC3527"/>
     <w:rsid w:val="00EC7526"/>
     <w:rsid w:val="00ED26EF"/>
     <w:rsid w:val="00ED5D52"/>
     <w:rsid w:val="00ED6251"/>
     <w:rsid w:val="00EE00FD"/>
     <w:rsid w:val="00EE407B"/>
     <w:rsid w:val="00EE78F8"/>
     <w:rsid w:val="00EF7B0A"/>
     <w:rsid w:val="00F02764"/>
     <w:rsid w:val="00F109DC"/>
     <w:rsid w:val="00F1139B"/>
     <w:rsid w:val="00F11671"/>
     <w:rsid w:val="00F138DC"/>
     <w:rsid w:val="00F24290"/>
     <w:rsid w:val="00F2653B"/>
     <w:rsid w:val="00F335C8"/>
     <w:rsid w:val="00F45043"/>
     <w:rsid w:val="00F50BB5"/>
     <w:rsid w:val="00F605AE"/>
     <w:rsid w:val="00F63CBC"/>
     <w:rsid w:val="00F651C8"/>
     <w:rsid w:val="00F669EB"/>
     <w:rsid w:val="00F72B39"/>
     <w:rsid w:val="00F730E9"/>
     <w:rsid w:val="00F76A0B"/>
     <w:rsid w:val="00F85D1C"/>
     <w:rsid w:val="00F8761B"/>
     <w:rsid w:val="00F876D2"/>
     <w:rsid w:val="00FA039A"/>
     <w:rsid w:val="00FA5C62"/>
     <w:rsid w:val="00FA7C76"/>
     <w:rsid w:val="00FB7BF9"/>
     <w:rsid w:val="00FC330A"/>
+    <w:rsid w:val="00FE01F4"/>
     <w:rsid w:val="00FE1C3F"/>
     <w:rsid w:val="00FF5016"/>
     <w:rsid w:val="00FF55DA"/>
     <w:rsid w:val="0121D4B2"/>
     <w:rsid w:val="01B08678"/>
     <w:rsid w:val="01E2432E"/>
     <w:rsid w:val="01EC1DC1"/>
     <w:rsid w:val="02055801"/>
     <w:rsid w:val="022CFD8C"/>
     <w:rsid w:val="02833258"/>
     <w:rsid w:val="02A32FB4"/>
     <w:rsid w:val="02ABEBB0"/>
     <w:rsid w:val="02CF0734"/>
     <w:rsid w:val="02F0E085"/>
     <w:rsid w:val="03833329"/>
     <w:rsid w:val="040843E4"/>
     <w:rsid w:val="0438E60F"/>
     <w:rsid w:val="04D0807E"/>
     <w:rsid w:val="04E40BEF"/>
     <w:rsid w:val="0526E84E"/>
     <w:rsid w:val="054D284C"/>
     <w:rsid w:val="0569AF46"/>
     <w:rsid w:val="05A32480"/>
     <w:rsid w:val="05B02398"/>
     <w:rsid w:val="05E52152"/>
@@ -43103,53 +44010,53 @@
     <w:rsid w:val="7DBCB752"/>
     <w:rsid w:val="7E0FCEB9"/>
     <w:rsid w:val="7E4789D6"/>
     <w:rsid w:val="7EC80D88"/>
     <w:rsid w:val="7EE30F99"/>
     <w:rsid w:val="7F997B09"/>
     <w:rsid w:val="7FA99C0A"/>
     <w:rsid w:val="7FB18B4E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="39429D75"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{50A627BF-406D-4614-9A5E-649A0FE6A191}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -43511,626 +44418,625 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A40449"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A40449"/>
     <w:pPr>
       <w:ind w:left="858"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Virsraksts2Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A40449"/>
     <w:pPr>
       <w:ind w:left="1220" w:hanging="577"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Virsraksts3Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A40449"/>
     <w:pPr>
       <w:spacing w:before="1"/>
       <w:ind w:left="403" w:right="302"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Virsraksts4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Virsraksts4Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A40449"/>
     <w:pPr>
       <w:spacing w:line="276" w:lineRule="exact"/>
       <w:ind w:left="502"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A40449"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
+    <w:name w:val="Virsraksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A40449"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
+    <w:name w:val="Virsraksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A40449"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
+    <w:name w:val="Virsraksts 4 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A40449"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Saturs1">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A40449"/>
     <w:pPr>
       <w:spacing w:before="240"/>
       <w:ind w:left="986" w:hanging="480"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Saturs2">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A40449"/>
     <w:pPr>
       <w:spacing w:before="240"/>
       <w:ind w:left="1221" w:hanging="719"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="Pamatteksts">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="PamattekstsRakstz"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A40449"/>
     <w:pPr>
       <w:ind w:left="502"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BodyText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsRakstz">
+    <w:name w:val="Pamatteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamatteksts"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00A40449"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A40449"/>
     <w:pPr>
       <w:ind w:left="1221" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A40449"/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Parastatabula"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00A40449"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A40449"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A40449"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar1">
     <w:name w:val="Header Char1"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A40449"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A40449"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A40449"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar1">
     <w:name w:val="Footer Char1"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A40449"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A40449"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A40449"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Komentrateksts"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A40449"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A40449"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A40449"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Balonteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A40449"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Vresteksts">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VrestekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00613C04"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-[...2 lines deleted...]
-    <w:link w:val="FootnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
+    <w:name w:val="Vēres teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Vresteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00613C04"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Vresatsauce">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00613C04"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Komentratma">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Komentrateksts"/>
+    <w:next w:val="Komentrateksts"/>
+    <w:link w:val="KomentratmaRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CA5A26"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
+    <w:name w:val="Komentāra tēma Rakstz."/>
+    <w:basedOn w:val="KomentratekstsRakstz"/>
+    <w:link w:val="Komentratma"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CA5A26"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Neatrisintapieminana1">
     <w:name w:val="Neatrisināta pieminēšana1"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005434DE"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="Izmantotahipersaite">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00491167"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D878B2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00794291"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="00794291"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="00794291"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Nosaukums">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="NosaukumsRakstz"/>
     <w:qFormat/>
     <w:rsid w:val="000123F4"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
+    <w:name w:val="Nosaukums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Nosaukums"/>
     <w:rsid w:val="000123F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Neatrisintapieminana2">
     <w:name w:val="Neatrisināta pieminēšana2"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A84414"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="59334285">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -45065,51 +45971,51 @@
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2018071009">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lza.lv/par-mums/pamatdokumenti/64-zinatnieka-etikas-kodekss" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/ta/id/33946-par-nodokliem-un-nodevam" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/5138-autortiesibu-likums" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tns.lv/?lang=lv&amp;fullarticle=true&amp;category=showuid&amp;id=4899" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ww.lnb.lv/en/resources/tiessaistes-abonetas-datubazes/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/335928-noteikumi-par-latvijas-zinatnes-nozaru-grupam-zinatnesnozarem-un-apaksnozarem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/335928-noteikumi-par-latvijas-zinatnes-nozaru-grupam-zinatnesnozarem-un-apaksnozarem" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/335928-noteikumi-par-latvijas-zinatnes-nozaru-grupam-zinatnesnozarem-un-apaksnozarem" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dvi.gov.lv/lv" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/doc.php?id=270934" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lza.lv/par-mums/pamatdokumenti/64-zinatnieka-etikas-kodekss" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tns.lv/?lang=lv&amp;fullarticle=true&amp;category=showuid&amp;id=4899" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/5138-autortiesibu-likums" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/335928-noteikumi-par-latvijas-zinatnes-nozaru-grupam-zinatnesnozarem-un-apaksnozarem" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ww.lnb.lv/en/resources/tiessaistes-abonetas-datubazes/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/335928-noteikumi-par-latvijas-zinatnes-nozaru-grupam-zinatnesnozarem-un-apaksnozarem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/335928-noteikumi-par-latvijas-zinatnes-nozaru-grupam-zinatnesnozarem-un-apaksnozarem" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/335928-noteikumi-par-latvijas-zinatnes-nozaru-grupam-zinatnesnozarem-un-apaksnozarem" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/doc.php?id=270934" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dvi.gov.lv/lv" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/ta/id/33946-par-nodokliem-un-nodevam" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -45350,65 +46256,61 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="eb8830ea-345f-44d1-aaa2-9a83c43a0d24">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="94ab1034-69d9-45b7-be84-969c0ce331a6" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101001356A3863EA37E4DB2D98AE93A7E4CC6" ma:contentTypeVersion="13" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="e2bfbd667fb7bfd47ab9108042813fb6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="eb8830ea-345f-44d1-aaa2-9a83c43a0d24" xmlns:ns3="94ab1034-69d9-45b7-be84-969c0ce331a6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2912dc57d601e6d0e73f33d908939b74" ns2:_="" ns3:_="">
     <xsd:import namespace="eb8830ea-345f-44d1-aaa2-9a83c43a0d24"/>
     <xsd:import namespace="94ab1034-69d9-45b7-be84-969c0ce331a6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -45571,135 +46473,139 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4773D2E-2E91-4095-8FF3-A39933CD7C37}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="eb8830ea-345f-44d1-aaa2-9a83c43a0d24"/>
     <ds:schemaRef ds:uri="94ab1034-69d9-45b7-be84-969c0ce331a6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96936113-DCB5-4061-99D0-85FB99CD6035}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="eb8830ea-345f-44d1-aaa2-9a83c43a0d24"/>
     <ds:schemaRef ds:uri="94ab1034-69d9-45b7-be84-969c0ce331a6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27371EC9-603E-4C30-832F-088FC2673007}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E6E7749-6F84-439A-8E57-3A8FB7018AD4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>50</Pages>
-  <Words>72026</Words>
-  <Characters>41055</Characters>
+  <Words>71764</Words>
+  <Characters>40907</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>342</Lines>
-  <Paragraphs>225</Paragraphs>
+  <Lines>340</Lines>
+  <Paragraphs>224</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>112856</CharactersWithSpaces>
+  <CharactersWithSpaces>112447</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ina Svilāne</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001356A3863EA37E4DB2D98AE93A7E4CC6</vt:lpwstr>
   </property>