--- v0 (2025-11-04)
+++ v1 (2026-02-19)
@@ -1,49 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="72293509" w14:textId="2A88A7F0" w:rsidR="00166968" w:rsidRPr="00935FF4" w:rsidRDefault="0071661A" w:rsidP="00166968">
       <w:pPr>
         <w:ind w:right="-240"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935FF4">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00166968" w:rsidRPr="00935FF4">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">pstiprināts ar </w:t>
       </w:r>
@@ -1135,51 +1134,59 @@
       <w:pPr>
         <w:ind w:right="-240" w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00935FF4">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="007100FC" w:rsidRPr="00935FF4">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00935FF4">
         <w:t>.1.</w:t>
       </w:r>
       <w:r w:rsidR="00E83136" w:rsidRPr="00935FF4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00935FF4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1.kārta</w:t>
       </w:r>
       <w:r w:rsidRPr="00935FF4">
-        <w:t xml:space="preserve"> - konkursi novados/valstspilsētās 202</w:t>
+        <w:t xml:space="preserve"> - konkursi novados/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00935FF4">
+        <w:t>valstspilsētās</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00935FF4">
+        <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="002B07FA" w:rsidRPr="00935FF4">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00935FF4">
         <w:t>.gada janvārī – februārī</w:t>
       </w:r>
       <w:r w:rsidR="002B4D23" w:rsidRPr="00935FF4">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00935FF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13FD6811" w14:textId="1DC19B38" w:rsidR="007964C2" w:rsidRPr="00935FF4" w:rsidRDefault="007964C2" w:rsidP="002B4D23">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935FF4">
         <w:t>1</w:t>
       </w:r>
@@ -1562,51 +1569,67 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00935FF4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Kultūrvēsturiskais</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="204D7FD2" w14:textId="77777777" w:rsidR="00706B23" w:rsidRPr="00935FF4" w:rsidRDefault="00706B23" w:rsidP="00656824">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00935FF4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">novads/valstspilsēta </w:t>
+              <w:t>novads/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00935FF4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>valstspilsēta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00935FF4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="627A8A17" w14:textId="77777777" w:rsidR="00706B23" w:rsidRPr="00935FF4" w:rsidRDefault="00706B23" w:rsidP="00656824">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00935FF4">
               <w:rPr>
@@ -1742,51 +1765,79 @@
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5ABB3B25" w14:textId="48E7A691" w:rsidR="00033C83" w:rsidRPr="00935FF4" w:rsidRDefault="00C506F6" w:rsidP="008E4533">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00935FF4">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Interešu izglītības iestāde</w:t>
             </w:r>
             <w:r w:rsidRPr="00935FF4">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
-              <w:t>“Austrumlatvijas radošo pakalpojumu centrs” “Zeimuļs”</w:t>
+              <w:t>“</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00935FF4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Austrumlatvijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00935FF4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> radošo pakalpojumu centrs” “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00935FF4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Zeimuļs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00935FF4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00033C83" w:rsidRPr="00935FF4" w14:paraId="27A8040A" w14:textId="77777777" w:rsidTr="00032AC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2C2BC1FC" w14:textId="71503C40" w:rsidR="00033C83" w:rsidRPr="00935FF4" w:rsidRDefault="00033C83" w:rsidP="008E4533">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00935FF4">
               <w:rPr>
@@ -1994,258 +2045,158 @@
       </w:tr>
       <w:tr w:rsidR="0060224F" w:rsidRPr="00935FF4" w14:paraId="24EF7A43" w14:textId="77777777" w:rsidTr="00032AC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2DB1739D" w14:textId="77777777" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="0060224F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00935FF4">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4456852E" w14:textId="0BAD16A5" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="0060224F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4456852E" w14:textId="4A201AFF" w:rsidR="0060224F" w:rsidRPr="00431C5D" w:rsidRDefault="0060224F" w:rsidP="0060224F">
+            <w:pPr>
+              <w:rPr>
+                <w:strike/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46400549" w14:textId="2CCE2A8A" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="0060224F">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00935FF4">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>(B grupas kolektīvi)</w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="46400549" w14:textId="2CCE2A8A" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="0060224F">
+              <w:t xml:space="preserve">pirmdiena, 2.marts, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2117979D" w14:textId="1305189D" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="0060224F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00935FF4">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">pirmdiena, 2.marts, </w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>pl.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F52F94">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>4</w:t>
+            </w:r>
             <w:r w:rsidRPr="00935FF4">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>pl.14.00</w:t>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F6B67C6" w14:textId="5A290F24" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="0060224F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00935FF4">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21203090" w14:textId="26F6EC27" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="0060224F">
+          <w:p w14:paraId="21203090" w14:textId="453C7C0B" w:rsidR="0060224F" w:rsidRPr="00CC4B73" w:rsidRDefault="00F52F94" w:rsidP="0060224F">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="EE0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00CC4B73">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>VEF Kultūras pils Kamerzāle</w:t>
-[...16 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">Bērnu un jauniešu </w:t>
+            </w:r>
+            <w:r w:rsidR="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+              <w:t>centrs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4B73">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga </w:t>
-[...92 lines deleted...]
-              <w:t>VEF Kultūras pils Kamerzāle</w:t>
+              <w:t xml:space="preserve"> “Rīgas Skolēnu pils” </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0060224F" w:rsidRPr="00935FF4" w14:paraId="48A4A6F6" w14:textId="77777777" w:rsidTr="00032AC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4CFAD3FD" w14:textId="0BF983E6" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="0060224F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00935FF4">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -2547,50 +2498,51 @@
     <w:p w14:paraId="247EF681" w14:textId="60276F22" w:rsidR="007964C2" w:rsidRPr="00935FF4" w:rsidRDefault="00935FF4" w:rsidP="007964C2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="007964C2" w:rsidRPr="00935FF4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">OSACĪJUMI </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="255C3C38" w14:textId="45501E37" w:rsidR="007964C2" w:rsidRPr="00935FF4" w:rsidRDefault="007964C2" w:rsidP="002B4D23">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00935FF4">
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="007100FC" w:rsidRPr="00935FF4">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00935FF4">
         <w:t>. Vokālo ansambļu 1.-4.</w:t>
       </w:r>
       <w:r w:rsidR="002B4D23" w:rsidRPr="00935FF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00935FF4">
         <w:t xml:space="preserve">klašu grupa </w:t>
       </w:r>
       <w:r w:rsidR="001F1C05" w:rsidRPr="00935FF4">
         <w:t>ab</w:t>
       </w:r>
       <w:r w:rsidRPr="00935FF4">
         <w:t>ās konkursa kārtās visas dziesmas dzied</w:t>
       </w:r>
       <w:r w:rsidR="002B4D23" w:rsidRPr="00935FF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00935FF4">
         <w:t xml:space="preserve">divbalsīgi, 5.-9.klašu grupa - trīsbalsīgi, 10.-12.klašu grupa - trīsbalsīgi vai vairākbalsīgi, izņemot </w:t>
@@ -3515,50 +3467,51 @@
         </w:rPr>
         <w:t>(Pielikums Nr.4)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F44317" w14:textId="77777777" w:rsidR="007964C2" w:rsidRPr="00935FF4" w:rsidRDefault="007964C2" w:rsidP="007964C2">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935FF4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>APBALVOŠANA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DBE9136" w14:textId="289FFDF8" w:rsidR="007964C2" w:rsidRPr="00935FF4" w:rsidRDefault="007100FC" w:rsidP="007964C2">
       <w:pPr>
         <w:ind w:right="-1" w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00935FF4">
+        <w:lastRenderedPageBreak/>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00975444" w:rsidRPr="00935FF4">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="007964C2" w:rsidRPr="00935FF4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00975444" w:rsidRPr="00935FF4">
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="007964C2" w:rsidRPr="00935FF4">
         <w:t xml:space="preserve">onkursa dalībnieku apbalvošanu </w:t>
       </w:r>
       <w:r w:rsidR="00975444" w:rsidRPr="00935FF4">
         <w:t xml:space="preserve">1. kārtā </w:t>
       </w:r>
       <w:r w:rsidR="007964C2" w:rsidRPr="00935FF4">
         <w:t>nodrošina konkursa organizatori.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52D5A5E0" w14:textId="2B8B48A8" w:rsidR="007964C2" w:rsidRPr="00935FF4" w:rsidRDefault="007100FC" w:rsidP="00975444">
       <w:pPr>
         <w:ind w:right="-1" w:firstLine="709"/>
         <w:jc w:val="both"/>
@@ -4156,107 +4109,117 @@
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57400EE9" w14:textId="77777777" w:rsidR="00975444" w:rsidRPr="00935FF4" w:rsidRDefault="00975444" w:rsidP="00166968">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="520163E5" w14:textId="77777777" w:rsidR="00975444" w:rsidRPr="00935FF4" w:rsidRDefault="00975444" w:rsidP="00166968">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45BCD0AB" w14:textId="77777777" w:rsidR="00975444" w:rsidRPr="00935FF4" w:rsidRDefault="00975444" w:rsidP="00166968">
+    <w:p w14:paraId="45BCD0AB" w14:textId="77777777" w:rsidR="00975444" w:rsidRDefault="00975444" w:rsidP="00166968">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04195DBE" w14:textId="77777777" w:rsidR="00975444" w:rsidRPr="00935FF4" w:rsidRDefault="00975444" w:rsidP="00166968">
+    <w:p w14:paraId="2042CC2C" w14:textId="77777777" w:rsidR="00A16702" w:rsidRDefault="00A16702" w:rsidP="00166968">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A74FE11" w14:textId="77777777" w:rsidR="00975444" w:rsidRPr="00935FF4" w:rsidRDefault="00975444" w:rsidP="00166968">
+    <w:p w14:paraId="2A4209A8" w14:textId="77777777" w:rsidR="00A16702" w:rsidRDefault="00A16702" w:rsidP="00166968">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32868BF8" w14:textId="77777777" w:rsidR="00975444" w:rsidRDefault="00975444" w:rsidP="00166968">
+    <w:p w14:paraId="417A8608" w14:textId="77777777" w:rsidR="00A16702" w:rsidRPr="00935FF4" w:rsidRDefault="00A16702" w:rsidP="00166968">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC756BE" w14:textId="77777777" w:rsidR="00935FF4" w:rsidRDefault="00935FF4" w:rsidP="00166968">
+    <w:p w14:paraId="04195DBE" w14:textId="77777777" w:rsidR="00975444" w:rsidRPr="00935FF4" w:rsidRDefault="00975444" w:rsidP="00166968">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18608F1A" w14:textId="4A186B73" w:rsidR="00166968" w:rsidRPr="00935FF4" w:rsidRDefault="00166968" w:rsidP="00166968">
+    <w:p w14:paraId="6A74FE11" w14:textId="77777777" w:rsidR="00975444" w:rsidRPr="00935FF4" w:rsidRDefault="00975444" w:rsidP="00166968">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00935FF4">
+    </w:p>
+    <w:p w14:paraId="18608F1A" w14:textId="4A186B73" w:rsidR="00166968" w:rsidRPr="00935FF4" w:rsidRDefault="00166968" w:rsidP="00166968">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00935FF4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Pielikums Nr.1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B5E8ACC" w14:textId="77777777" w:rsidR="00166968" w:rsidRPr="00935FF4" w:rsidRDefault="00166968" w:rsidP="00166968">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04FF905A" w14:textId="2DE16FFF" w:rsidR="00166968" w:rsidRPr="00935FF4" w:rsidRDefault="00166968" w:rsidP="00166968">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935FF4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -4409,55 +4372,60 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00935FF4">
         <w:t>(konkursa norises vieta, datums)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="662A6CE0" w14:textId="77777777" w:rsidR="00166968" w:rsidRPr="00935FF4" w:rsidRDefault="00166968" w:rsidP="00166968">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="049FCBC8" w14:textId="310EA813" w:rsidR="00166968" w:rsidRPr="00935FF4" w:rsidRDefault="00166968" w:rsidP="00166968">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935FF4">
         <w:t>(novads/</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FC31EF" w:rsidRPr="00935FF4">
         <w:t>valsts</w:t>
       </w:r>
       <w:r w:rsidRPr="00935FF4">
-        <w:t xml:space="preserve">pilsēta, iestāde, kolektīvs </w:t>
+        <w:t>pilsēta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00935FF4">
+        <w:t xml:space="preserve">, iestāde, kolektīvs </w:t>
       </w:r>
       <w:r w:rsidRPr="00935FF4">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(pilns nosaukums))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01597B8C" w14:textId="77777777" w:rsidR="00166968" w:rsidRPr="00935FF4" w:rsidRDefault="00166968" w:rsidP="00166968">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60E54CB3" w14:textId="77777777" w:rsidR="00166968" w:rsidRPr="00935FF4" w:rsidRDefault="00166968" w:rsidP="00166968">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00935FF4">
@@ -5245,50 +5213,51 @@
     <w:p w14:paraId="2BBC2A16" w14:textId="77777777" w:rsidR="00935FF4" w:rsidRDefault="00935FF4" w:rsidP="007100FC">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B11511A" w14:textId="23F93D94" w:rsidR="007100FC" w:rsidRPr="00935FF4" w:rsidRDefault="007100FC" w:rsidP="007100FC">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935FF4">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Pielikums Nr.</w:t>
       </w:r>
       <w:r w:rsidR="0076630D" w:rsidRPr="00935FF4">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22612997" w14:textId="3D7F13C1" w:rsidR="007100FC" w:rsidRPr="00935FF4" w:rsidRDefault="00CC3CF9" w:rsidP="007100FC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935FF4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -7312,95 +7281,86 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935FF4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Datums: 202</w:t>
       </w:r>
       <w:r w:rsidR="009171F4" w:rsidRPr="00935FF4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00935FF4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.gada __________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="065BF448" w14:textId="77777777" w:rsidR="002E6575" w:rsidRPr="00935FF4" w:rsidRDefault="002E6575" w:rsidP="009171F4">
+    <w:p w14:paraId="7DC408FA" w14:textId="77777777" w:rsidR="00CC4B73" w:rsidRDefault="00CC4B73" w:rsidP="009171F4">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D302915" w14:textId="77777777" w:rsidR="00935FF4" w:rsidRDefault="00935FF4" w:rsidP="009171F4">
+    <w:p w14:paraId="6A2FE2E3" w14:textId="77777777" w:rsidR="00CC4B73" w:rsidRDefault="00CC4B73" w:rsidP="009171F4">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34C2E8F5" w14:textId="77777777" w:rsidR="00935FF4" w:rsidRDefault="00935FF4" w:rsidP="009171F4">
+    <w:p w14:paraId="416A683B" w14:textId="64995A73" w:rsidR="009171F4" w:rsidRPr="00935FF4" w:rsidRDefault="009171F4" w:rsidP="009171F4">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r w:rsidRPr="00935FF4">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Pielikums Nr.</w:t>
       </w:r>
       <w:r w:rsidR="0076630D" w:rsidRPr="00935FF4">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00935FF4">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A2D6ABD" w14:textId="77777777" w:rsidR="009171F4" w:rsidRPr="00935FF4" w:rsidRDefault="009171F4" w:rsidP="009171F4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -11957,1829 +11917,1713 @@
         <w:t xml:space="preserve">, e-pasts: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00935FF4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
             <w:bCs/>
           </w:rPr>
           <w:t>antra.strikaite@viaa.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00935FF4">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E27FC6" w:rsidRPr="00935FF4">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E0D541D" w14:textId="77777777" w:rsidR="00935FF4" w:rsidRDefault="00935FF4" w:rsidP="007609FF">
+    <w:p w14:paraId="56B34BCD" w14:textId="2060A3A5" w:rsidR="007609FF" w:rsidRPr="00A16702" w:rsidRDefault="007609FF" w:rsidP="007609FF">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r w:rsidRPr="00A16702">
         <w:rPr>
           <w:i/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Pielikums Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="0076630D" w:rsidRPr="00A16702">
         <w:rPr>
           <w:i/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE52CD3" w14:textId="77777777" w:rsidR="002E6575" w:rsidRPr="00935FF4" w:rsidRDefault="002E6575" w:rsidP="007609FF">
+    <w:p w14:paraId="7AE52CD3" w14:textId="77777777" w:rsidR="002E6575" w:rsidRPr="00A16702" w:rsidRDefault="002E6575" w:rsidP="007609FF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="59F12263" w14:textId="46A31EE6" w:rsidR="007609FF" w:rsidRPr="00935FF4" w:rsidRDefault="007609FF" w:rsidP="007609FF">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59F12263" w14:textId="46A31EE6" w:rsidR="007609FF" w:rsidRPr="00A16702" w:rsidRDefault="007609FF" w:rsidP="007609FF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00935FF4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A16702">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontaktinformācija 2.kārtas </w:t>
       </w:r>
-      <w:r w:rsidR="00A96DE7" w:rsidRPr="00935FF4">
+      <w:r w:rsidR="00A96DE7" w:rsidRPr="00A16702">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="00935FF4">
+      <w:r w:rsidRPr="00A16702">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>okālās mūzikas konkursam „Balsis 202</w:t>
       </w:r>
-      <w:r w:rsidR="00A96DE7" w:rsidRPr="00935FF4">
+      <w:r w:rsidR="00A96DE7" w:rsidRPr="00A16702">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00935FF4">
+      <w:r w:rsidRPr="00A16702">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12C10742" w14:textId="77777777" w:rsidR="007609FF" w:rsidRPr="00935FF4" w:rsidRDefault="007609FF" w:rsidP="007609FF">
+    <w:p w14:paraId="12C10742" w14:textId="77777777" w:rsidR="007609FF" w:rsidRPr="00A16702" w:rsidRDefault="007609FF" w:rsidP="007609FF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00935FF4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A16702">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>kultūrvēsturiskajos novados</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="216"/>
         <w:tblW w:w="10060" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2415"/>
         <w:gridCol w:w="1980"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007609FF" w:rsidRPr="00935FF4" w14:paraId="62B795EB" w14:textId="77777777" w:rsidTr="007E3D52">
+      <w:tr w:rsidR="007609FF" w:rsidRPr="00A16702" w14:paraId="62B795EB" w14:textId="77777777" w:rsidTr="007E3D52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="124039E8" w14:textId="77777777" w:rsidR="007609FF" w:rsidRPr="00935FF4" w:rsidRDefault="007609FF" w:rsidP="00D416F5">
+          <w:p w14:paraId="124039E8" w14:textId="77777777" w:rsidR="007609FF" w:rsidRPr="00A16702" w:rsidRDefault="007609FF" w:rsidP="00D416F5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Kultūrvēstu-riskais</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="44FA4555" w14:textId="77777777" w:rsidR="007609FF" w:rsidRPr="00935FF4" w:rsidRDefault="007609FF" w:rsidP="00D416F5">
+          <w:p w14:paraId="44FA4555" w14:textId="77777777" w:rsidR="007609FF" w:rsidRPr="00A16702" w:rsidRDefault="007609FF" w:rsidP="00D416F5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">novads </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5042B5BB" w14:textId="77777777" w:rsidR="007609FF" w:rsidRPr="00935FF4" w:rsidRDefault="007609FF" w:rsidP="00D416F5">
+          <w:p w14:paraId="5042B5BB" w14:textId="77777777" w:rsidR="007609FF" w:rsidRPr="00A16702" w:rsidRDefault="007609FF" w:rsidP="00D416F5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Diena, datums, laiks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A429755" w14:textId="77777777" w:rsidR="007609FF" w:rsidRPr="00935FF4" w:rsidRDefault="007609FF" w:rsidP="00D416F5">
+          <w:p w14:paraId="2A429755" w14:textId="77777777" w:rsidR="007609FF" w:rsidRPr="00A16702" w:rsidRDefault="007609FF" w:rsidP="00D416F5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Norises vieta </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57B46DE5" w14:textId="77777777" w:rsidR="007609FF" w:rsidRPr="00935FF4" w:rsidRDefault="007609FF" w:rsidP="00D416F5">
+          <w:p w14:paraId="57B46DE5" w14:textId="77777777" w:rsidR="007609FF" w:rsidRPr="00A16702" w:rsidRDefault="007609FF" w:rsidP="00D416F5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Atbildīgā kontaktpersona Amats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FE8D81D" w14:textId="77777777" w:rsidR="007609FF" w:rsidRPr="00935FF4" w:rsidRDefault="007609FF" w:rsidP="00D416F5">
+          <w:p w14:paraId="3FE8D81D" w14:textId="77777777" w:rsidR="007609FF" w:rsidRPr="00A16702" w:rsidRDefault="007609FF" w:rsidP="00D416F5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Kontakti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0060224F" w:rsidRPr="00935FF4" w14:paraId="1C019EF7" w14:textId="77777777" w:rsidTr="007E3D52">
+      <w:tr w:rsidR="0060224F" w:rsidRPr="00A16702" w14:paraId="1C019EF7" w14:textId="77777777" w:rsidTr="007E3D52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2023BFB2" w14:textId="0C7E0D1F" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="00D416F5">
+          <w:p w14:paraId="2023BFB2" w14:textId="0C7E0D1F" w:rsidR="0060224F" w:rsidRPr="00A16702" w:rsidRDefault="0060224F" w:rsidP="00D416F5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:t>Latgale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="449D4AE7" w14:textId="3FCC7A1D" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="0060224F">
+          <w:p w14:paraId="449D4AE7" w14:textId="3FCC7A1D" w:rsidR="0060224F" w:rsidRPr="00A16702" w:rsidRDefault="0060224F" w:rsidP="0060224F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>trešdiena, 2</w:t>
             </w:r>
-            <w:r w:rsidR="000168F8" w:rsidRPr="00935FF4">
+            <w:r w:rsidR="000168F8" w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">.februāris, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="167DDF2A" w14:textId="2318669B" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="0060224F">
+          <w:p w14:paraId="167DDF2A" w14:textId="2318669B" w:rsidR="0060224F" w:rsidRPr="00A16702" w:rsidRDefault="0060224F" w:rsidP="0060224F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>pl.13.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0EC18A3A" w14:textId="77777777" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="002E6575">
+          <w:p w14:paraId="0EC18A3A" w14:textId="77777777" w:rsidR="0060224F" w:rsidRPr="00A16702" w:rsidRDefault="0060224F" w:rsidP="002E6575">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Rēzekne,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6767233C" w14:textId="110E036F" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="002E6575">
+          <w:p w14:paraId="6767233C" w14:textId="110E036F" w:rsidR="0060224F" w:rsidRPr="00A16702" w:rsidRDefault="0060224F" w:rsidP="002E6575">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Interešu izglītības iestāde</w:t>
             </w:r>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
-              <w:t>“Austrumlatvijas radošo pakalpojumu centrs” “Zeimuļs”</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002E6575" w:rsidRPr="00935FF4">
+              <w:t>“</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t>Austrumlatvijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A16702">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> radošo pakalpojumu centrs” “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A16702">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Zeimuļs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A16702">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+            <w:r w:rsidR="002E6575" w:rsidRPr="00A16702">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75E71D61" w14:textId="07306C75" w:rsidR="002E6575" w:rsidRPr="00935FF4" w:rsidRDefault="002E6575" w:rsidP="002E6575">
-            <w:r w:rsidRPr="00935FF4">
+          <w:p w14:paraId="75E71D61" w14:textId="07306C75" w:rsidR="002E6575" w:rsidRPr="00A16702" w:rsidRDefault="002E6575" w:rsidP="002E6575">
+            <w:r w:rsidRPr="00A16702">
               <w:t>Krasta iela 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C2B73BB" w14:textId="5F0F8764" w:rsidR="002E6575" w:rsidRPr="00935FF4" w:rsidRDefault="002E6575" w:rsidP="002E6575">
-            <w:pPr>
+          <w:p w14:paraId="2E0A8A7A" w14:textId="6925614E" w:rsidR="00C70900" w:rsidRPr="00C70900" w:rsidRDefault="00C70900" w:rsidP="00C70900">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dana </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Pavļukeviča</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3E5F0B3F" w14:textId="3A144D5E" w:rsidR="0060224F" w:rsidRPr="00A16702" w:rsidRDefault="00C70900" w:rsidP="00C70900">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C70900">
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...15 lines deleted...]
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rēzeknes </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>valstspilsētas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00935FF4">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70900">
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00935FF4">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>pašvaldības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C70900">
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>Interešu izglītības nodaļas metodiķe</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Centrālās</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>administrācijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Izglītības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>pārvaldes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Interešu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>izglītības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>metodiķe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C70900">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="714A7012" w14:textId="77777777" w:rsidR="002E6575" w:rsidRPr="00935FF4" w:rsidRDefault="002E6575" w:rsidP="002E6575">
+          <w:p w14:paraId="714A7012" w14:textId="77777777" w:rsidR="002E6575" w:rsidRPr="00A16702" w:rsidRDefault="002E6575" w:rsidP="002E6575">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">e-pasta adrese: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DFD2F09" w14:textId="0663232E" w:rsidR="001C44F1" w:rsidRPr="00935FF4" w:rsidRDefault="007E3D52" w:rsidP="00D416F5">
+          <w:p w14:paraId="5238C846" w14:textId="68A4A4EE" w:rsidR="00C70900" w:rsidRPr="00A16702" w:rsidRDefault="00C70900" w:rsidP="00D416F5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidRPr="00935FF4">
+              <w:r w:rsidRPr="00A16702">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
-                <w:t>olita.kuksa@rezekne.lv</w:t>
+                <w:t>dana.pavlukevica@rezekne.lv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="5F3F5736" w14:textId="31200EA4" w:rsidR="001C44F1" w:rsidRPr="00935FF4" w:rsidRDefault="001C44F1" w:rsidP="00D416F5">
+          <w:p w14:paraId="5F3F5736" w14:textId="3F190D2A" w:rsidR="00C70900" w:rsidRPr="00A16702" w:rsidRDefault="00C70900" w:rsidP="00D416F5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="007E3D52" w:rsidRPr="00935FF4">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tālr.nr. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C70900">
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-              <w:t xml:space="preserve"> 27854724</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>26318408</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A96DE7" w:rsidRPr="00935FF4" w14:paraId="02C79D85" w14:textId="77777777" w:rsidTr="007E3D52">
+      <w:tr w:rsidR="00A96DE7" w:rsidRPr="00A16702" w14:paraId="02C79D85" w14:textId="77777777" w:rsidTr="007E3D52">
         <w:trPr>
           <w:trHeight w:val="1419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37FF39DB" w14:textId="2DD43229" w:rsidR="00A96DE7" w:rsidRPr="00935FF4" w:rsidRDefault="00A96DE7" w:rsidP="00A96DE7">
+          <w:p w14:paraId="37FF39DB" w14:textId="2DD43229" w:rsidR="00A96DE7" w:rsidRPr="00A16702" w:rsidRDefault="00A96DE7" w:rsidP="00A96DE7">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Vidzeme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="335A1C37" w14:textId="77777777" w:rsidR="00A96DE7" w:rsidRPr="00935FF4" w:rsidRDefault="00A96DE7" w:rsidP="00A96DE7">
+          <w:p w14:paraId="335A1C37" w14:textId="77777777" w:rsidR="00A96DE7" w:rsidRPr="00A16702" w:rsidRDefault="00A96DE7" w:rsidP="00A96DE7">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">ceturtdiena, 26.februāris, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="299D081F" w14:textId="22F92F4B" w:rsidR="00A96DE7" w:rsidRPr="00935FF4" w:rsidRDefault="00A96DE7" w:rsidP="00A96DE7">
-            <w:r w:rsidRPr="00935FF4">
+          <w:p w14:paraId="299D081F" w14:textId="22F92F4B" w:rsidR="00A96DE7" w:rsidRPr="00A16702" w:rsidRDefault="00A96DE7" w:rsidP="00A96DE7">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>pl.12.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D41DA98" w14:textId="77777777" w:rsidR="00AC408D" w:rsidRPr="00935FF4" w:rsidRDefault="00AC408D" w:rsidP="002E6575">
-            <w:r w:rsidRPr="00935FF4">
+          <w:p w14:paraId="6D41DA98" w14:textId="77777777" w:rsidR="00AC408D" w:rsidRPr="00A16702" w:rsidRDefault="00AC408D" w:rsidP="002E6575">
+            <w:r w:rsidRPr="00A16702">
               <w:t xml:space="preserve">Limbaži, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0544CACD" w14:textId="77777777" w:rsidR="00A96DE7" w:rsidRPr="00935FF4" w:rsidRDefault="00AC408D" w:rsidP="002E6575">
-            <w:r w:rsidRPr="00935FF4">
+          <w:p w14:paraId="0544CACD" w14:textId="77777777" w:rsidR="00A96DE7" w:rsidRPr="00A16702" w:rsidRDefault="00AC408D" w:rsidP="002E6575">
+            <w:r w:rsidRPr="00A16702">
               <w:t>Limbažu Bērnu un jauniešu centrs</w:t>
             </w:r>
-            <w:r w:rsidR="0060224F" w:rsidRPr="00935FF4">
+            <w:r w:rsidR="0060224F" w:rsidRPr="00A16702">
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AB5D66D" w14:textId="717DD28D" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="002E6575">
-            <w:r w:rsidRPr="00935FF4">
+          <w:p w14:paraId="1AB5D66D" w14:textId="717DD28D" w:rsidR="0060224F" w:rsidRPr="00A16702" w:rsidRDefault="0060224F" w:rsidP="002E6575">
+            <w:r w:rsidRPr="00A16702">
               <w:t>Rīgas iela 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A2361B9" w14:textId="77777777" w:rsidR="00A96DE7" w:rsidRPr="00935FF4" w:rsidRDefault="00AC408D" w:rsidP="002E6575">
+          <w:p w14:paraId="6A2361B9" w14:textId="77777777" w:rsidR="00A96DE7" w:rsidRPr="00A16702" w:rsidRDefault="00AC408D" w:rsidP="002E6575">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Ina Sīle</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24DD5F47" w14:textId="3D06C467" w:rsidR="00AC408D" w:rsidRPr="00935FF4" w:rsidRDefault="00AC408D" w:rsidP="002E6575">
-            <w:r w:rsidRPr="00935FF4">
+          <w:p w14:paraId="24DD5F47" w14:textId="3D06C467" w:rsidR="00AC408D" w:rsidRPr="00A16702" w:rsidRDefault="00AC408D" w:rsidP="002E6575">
+            <w:r w:rsidRPr="00A16702">
               <w:t>Limbažu Bērnu un jauniešu centr</w:t>
             </w:r>
-            <w:r w:rsidR="0060224F" w:rsidRPr="00935FF4">
+            <w:r w:rsidR="0060224F" w:rsidRPr="00A16702">
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidR="00CC3CF9" w:rsidRPr="00935FF4">
+            <w:r w:rsidR="00CC3CF9" w:rsidRPr="00A16702">
               <w:t xml:space="preserve"> interešu izglītības metodiķe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="197D9B9D" w14:textId="21CF26CB" w:rsidR="001C44F1" w:rsidRPr="00935FF4" w:rsidRDefault="007E3D52" w:rsidP="007E3D52">
+          <w:p w14:paraId="197D9B9D" w14:textId="21CF26CB" w:rsidR="001C44F1" w:rsidRPr="00A16702" w:rsidRDefault="007E3D52" w:rsidP="007E3D52">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">e-pasta adrese: </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidRPr="00935FF4">
+              <w:r w:rsidRPr="00A16702">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>ina.sile@limbazunovads.lv</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
               <w:t>tālr.nr. 26674234</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A96DE7" w:rsidRPr="00935FF4" w14:paraId="6922BCD6" w14:textId="77777777" w:rsidTr="003C5ADE">
+      <w:tr w:rsidR="00A96DE7" w:rsidRPr="00A16702" w14:paraId="6922BCD6" w14:textId="77777777" w:rsidTr="003C5ADE">
         <w:trPr>
           <w:trHeight w:val="1727"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EF2B5BB" w14:textId="510D0F9D" w:rsidR="00A96DE7" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="00A96DE7">
+          <w:p w14:paraId="3EF2B5BB" w14:textId="510D0F9D" w:rsidR="00A96DE7" w:rsidRPr="00A16702" w:rsidRDefault="0060224F" w:rsidP="00A96DE7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:t>Zemgale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7337A82F" w14:textId="77777777" w:rsidR="00A96DE7" w:rsidRPr="00935FF4" w:rsidRDefault="00A96DE7" w:rsidP="00A96DE7">
+          <w:p w14:paraId="7337A82F" w14:textId="77777777" w:rsidR="00A96DE7" w:rsidRPr="00A16702" w:rsidRDefault="00A96DE7" w:rsidP="00A96DE7">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">piektdiena, 27.februāris, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3312004D" w14:textId="28F52FD0" w:rsidR="00A96DE7" w:rsidRPr="00935FF4" w:rsidRDefault="00A96DE7" w:rsidP="00A96DE7">
+          <w:p w14:paraId="3312004D" w14:textId="28F52FD0" w:rsidR="00A96DE7" w:rsidRPr="00A16702" w:rsidRDefault="00A96DE7" w:rsidP="00A96DE7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>pl.1</w:t>
             </w:r>
-            <w:r w:rsidR="0060224F" w:rsidRPr="00935FF4">
+            <w:r w:rsidR="0060224F" w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E0EA361" w14:textId="77777777" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="002E6575">
+          <w:p w14:paraId="3E0EA361" w14:textId="77777777" w:rsidR="0060224F" w:rsidRPr="00A16702" w:rsidRDefault="0060224F" w:rsidP="002E6575">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Dobele,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DED9919" w14:textId="77777777" w:rsidR="00A96DE7" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="002E6575">
+          <w:p w14:paraId="0DED9919" w14:textId="77777777" w:rsidR="00A96DE7" w:rsidRPr="00A16702" w:rsidRDefault="0060224F" w:rsidP="002E6575">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Dobeles Mūzikas skola, Koncertzāle ZINTA, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74354A1E" w14:textId="4F6EB6DF" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="002E6575">
+          <w:p w14:paraId="74354A1E" w14:textId="4F6EB6DF" w:rsidR="0060224F" w:rsidRPr="00A16702" w:rsidRDefault="0060224F" w:rsidP="002E6575">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Skolas iela 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B6964B3" w14:textId="47A980EE" w:rsidR="00A96DE7" w:rsidRPr="00935FF4" w:rsidRDefault="002E6575" w:rsidP="00CC3CF9">
+          <w:p w14:paraId="3B6964B3" w14:textId="47A980EE" w:rsidR="00A96DE7" w:rsidRPr="00A16702" w:rsidRDefault="002E6575" w:rsidP="00CC3CF9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Anita Celmiņa</w:t>
             </w:r>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:t xml:space="preserve"> -Dobeles novada Izglītības pārvaldes metodiķe jauniešu un interešu izglītības jautājumos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CB5A169" w14:textId="77777777" w:rsidR="002E6575" w:rsidRPr="00935FF4" w:rsidRDefault="002E6575" w:rsidP="002E6575">
+          <w:p w14:paraId="3CB5A169" w14:textId="77777777" w:rsidR="002E6575" w:rsidRPr="00A16702" w:rsidRDefault="002E6575" w:rsidP="002E6575">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">e-pasta adrese: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EF545AB" w14:textId="7580F6D6" w:rsidR="00A96DE7" w:rsidRPr="00935FF4" w:rsidRDefault="007E3D52" w:rsidP="00A96DE7">
+          <w:p w14:paraId="7EF545AB" w14:textId="7580F6D6" w:rsidR="00A96DE7" w:rsidRPr="00A16702" w:rsidRDefault="007E3D52" w:rsidP="00A96DE7">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r w:rsidRPr="00935FF4">
+              <w:r w:rsidRPr="00A16702">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>anita.celmina@dobele.lv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="201BE4BC" w14:textId="6379D90E" w:rsidR="001C44F1" w:rsidRPr="00935FF4" w:rsidRDefault="001C44F1" w:rsidP="00A96DE7">
+          <w:p w14:paraId="201BE4BC" w14:textId="6379D90E" w:rsidR="001C44F1" w:rsidRPr="00A16702" w:rsidRDefault="001C44F1" w:rsidP="00A96DE7">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>tālr.nr.</w:t>
             </w:r>
-            <w:r w:rsidR="007E3D52" w:rsidRPr="00935FF4">
+            <w:r w:rsidR="007E3D52" w:rsidRPr="00A16702">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r w:rsidR="007E3D52" w:rsidRPr="00935FF4">
+              <w:r w:rsidR="007E3D52" w:rsidRPr="00A16702">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>25495679</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504B7F" w:rsidRPr="00935FF4" w14:paraId="70B5785C" w14:textId="77777777" w:rsidTr="007E3D52">
+      <w:tr w:rsidR="00504B7F" w:rsidRPr="00A16702" w14:paraId="70B5785C" w14:textId="77777777" w:rsidTr="007E3D52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1485BD86" w14:textId="77777777" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
+          <w:p w14:paraId="1485BD86" w14:textId="77777777" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1ECEEE1B" w14:textId="69C47918" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1ECEEE1B" w14:textId="416A3D72" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
+            <w:pPr>
+              <w:rPr>
+                <w:strike/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0517F557" w14:textId="77777777" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>(B grupas kolektīvi)</w:t>
-[...15 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">pirmdiena, 2.marts, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79C948BC" w14:textId="3EB4089C" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
+          <w:p w14:paraId="79C948BC" w14:textId="32E67E2D" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>pl.1</w:t>
             </w:r>
-            <w:r w:rsidR="0060224F" w:rsidRPr="00935FF4">
+            <w:r w:rsidR="00CC4B73" w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CA6809C" w14:textId="77777777" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="00504B7F" w:rsidP="002E6575">
-            <w:r w:rsidRPr="00935FF4">
+          <w:p w14:paraId="5CA6809C" w14:textId="77777777" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="00504B7F" w:rsidP="002E6575">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E8C27E1" w14:textId="77777777" w:rsidR="0060224F" w:rsidRPr="00935FF4" w:rsidRDefault="00AC408D" w:rsidP="002E6575">
+          <w:p w14:paraId="62717350" w14:textId="77777777" w:rsidR="00F52F94" w:rsidRPr="00A16702" w:rsidRDefault="00F52F94" w:rsidP="002E6575">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>VEF Kultūras pils Kamerzāle</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0060224F" w:rsidRPr="00935FF4">
+              <w:t xml:space="preserve">Bērnu un jauniešu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="038CE9C1" w14:textId="53458F02" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="0060224F" w:rsidP="002E6575">
+              <w:t>centrs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16702">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “Rīgas Skolēnu pils”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16702">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16702">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="038CE9C1" w14:textId="296352EF" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="00F52F94" w:rsidP="002E6575">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Ropažu iela 2</w:t>
+              <w:t xml:space="preserve">Barona iela 99 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AA0D149" w14:textId="56A41FA6" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="00504B7F" w:rsidP="002E6575">
+          <w:p w14:paraId="7AA0D149" w14:textId="56A41FA6" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="00504B7F" w:rsidP="002E6575">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Arta Grīna</w:t>
             </w:r>
-            <w:r w:rsidR="002E6575" w:rsidRPr="00935FF4">
+            <w:r w:rsidR="002E6575" w:rsidRPr="00A16702">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> -</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="515E7130" w14:textId="0689DDF3" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="00504B7F" w:rsidP="002E6575">
-            <w:r w:rsidRPr="00935FF4">
+          <w:p w14:paraId="515E7130" w14:textId="0689DDF3" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="00504B7F" w:rsidP="002E6575">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Rīgas Interešu izglītības metodiskā centra</w:t>
             </w:r>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> galvenā speciāliste mazo mūzikas kolektīvu un instrumentālās mūzikas jomā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="721473A3" w14:textId="11B6A156" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
+          <w:p w14:paraId="721473A3" w14:textId="11B6A156" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>e-past</w:t>
             </w:r>
-            <w:r w:rsidR="002E6575" w:rsidRPr="00935FF4">
+            <w:r w:rsidR="002E6575" w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>a adrese</w:t>
             </w:r>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15A5358B" w14:textId="77777777" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
+          <w:p w14:paraId="15A5358B" w14:textId="77777777" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidRPr="00935FF4">
+              <w:r w:rsidRPr="00A16702">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>agrina@edu.riga.lv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="5B1FDEDC" w14:textId="7E03DCC0" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
+          <w:p w14:paraId="5B1FDEDC" w14:textId="7E03DCC0" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>tālr.nr. 29557442</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504B7F" w:rsidRPr="00935FF4" w14:paraId="07957D8D" w14:textId="77777777" w:rsidTr="007E3D52">
+      <w:tr w:rsidR="00504B7F" w:rsidRPr="00A16702" w14:paraId="567BF5C9" w14:textId="77777777" w:rsidTr="007E3D52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31668F7F" w14:textId="77777777" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
-[...1 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="0CFE34DC" w14:textId="4A89001F" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="0060224F" w:rsidP="00504B7F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-              <w:t>(A grupas kolektīvi)</w:t>
+              <w:t>Kurzeme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="53908E46" w14:textId="77777777" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F28A0CE" w14:textId="77777777" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">otrdiena, 3.marts, </w:t>
-[...4 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:t xml:space="preserve">ceturtdiena, 5.marts, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70B4502B" w14:textId="5D48D3A9" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="00504B7F" w:rsidP="00504B7F">
+            <w:pPr>
               <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+              <w:t>pl.1</w:t>
+            </w:r>
+            <w:r w:rsidR="0060224F" w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>pl.1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0060224F" w:rsidRPr="00935FF4">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00935FF4">
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75456549" w14:textId="77777777" w:rsidR="0060224F" w:rsidRPr="00A16702" w:rsidRDefault="0060224F" w:rsidP="002E6575">
+            <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>.00</w:t>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00935FF4">
+            </w:pPr>
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="039F34A2" w14:textId="235E1ECD" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="00AC408D" w:rsidP="002E6575">
+              <w:t>Ventspils,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5394131A" w14:textId="77777777" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="0060224F" w:rsidP="002E6575">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>VEF Kultūras pils Kamerzāle</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0060224F" w:rsidRPr="00935FF4">
+              <w:t>Ventspils Jaunrades nams</w:t>
+            </w:r>
+            <w:r w:rsidR="002E6575" w:rsidRPr="00A16702">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...106 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D977094" w14:textId="3D271029" w:rsidR="002E6575" w:rsidRPr="00A16702" w:rsidRDefault="002E6575" w:rsidP="002E6575">
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidRPr="00935FF4">
-[...139 lines deleted...]
-              <w:r w:rsidRPr="00935FF4">
+              <w:r w:rsidRPr="00A16702">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Maiznieku iela 11</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FFACF76" w14:textId="3FF1364D" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="002E6575" w:rsidP="002E6575">
+          <w:p w14:paraId="3FFACF76" w14:textId="3FF1364D" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="002E6575" w:rsidP="002E6575">
             <w:pPr>
               <w:pStyle w:val="PlainText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vita Hermansone -</w:t>
             </w:r>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ventspils Jaunrades nama direktore</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EFDFB15" w14:textId="77777777" w:rsidR="002E6575" w:rsidRPr="00935FF4" w:rsidRDefault="002E6575" w:rsidP="002E6575">
+          <w:p w14:paraId="1EFDFB15" w14:textId="77777777" w:rsidR="002E6575" w:rsidRPr="00A16702" w:rsidRDefault="002E6575" w:rsidP="002E6575">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">e-pasta adrese: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4017E2E9" w14:textId="4871D7C9" w:rsidR="001C44F1" w:rsidRPr="00935FF4" w:rsidRDefault="001C44F1" w:rsidP="002E6575">
+          <w:p w14:paraId="4017E2E9" w14:textId="4871D7C9" w:rsidR="001C44F1" w:rsidRPr="00A16702" w:rsidRDefault="001C44F1" w:rsidP="002E6575">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
-              <w:r w:rsidRPr="00935FF4">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="00A16702">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>vita.hermansone@ventspils.lv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="49A83EBF" w14:textId="67912719" w:rsidR="00504B7F" w:rsidRPr="00935FF4" w:rsidRDefault="001C44F1" w:rsidP="003C5ADE">
+          <w:p w14:paraId="49A83EBF" w14:textId="67912719" w:rsidR="00504B7F" w:rsidRPr="00A16702" w:rsidRDefault="001C44F1" w:rsidP="003C5ADE">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00935FF4">
+            <w:r w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">tālr.nr. </w:t>
             </w:r>
-            <w:r w:rsidR="00E64E5E" w:rsidRPr="00935FF4">
+            <w:r w:rsidR="00E64E5E" w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>63</w:t>
             </w:r>
-            <w:r w:rsidR="00D93393" w:rsidRPr="00935FF4">
+            <w:r w:rsidR="00D93393" w:rsidRPr="00A16702">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>624128</w:t>
             </w:r>
-            <w:r w:rsidR="007E3D52" w:rsidRPr="00935FF4">
+            <w:r w:rsidR="007E3D52" w:rsidRPr="00A16702">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6E933698" w14:textId="606C9A5A" w:rsidR="00B6352D" w:rsidRPr="00935FF4" w:rsidRDefault="00B6352D" w:rsidP="00166968"/>
-[...2 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId21"/>
+    <w:p w14:paraId="6E933698" w14:textId="606C9A5A" w:rsidR="00B6352D" w:rsidRPr="00A16702" w:rsidRDefault="00B6352D" w:rsidP="00166968"/>
+    <w:p w14:paraId="78F37820" w14:textId="77777777" w:rsidR="002E6575" w:rsidRPr="00A16702" w:rsidRDefault="002E6575" w:rsidP="00166968"/>
+    <w:sectPr w:rsidR="002E6575" w:rsidRPr="00A16702" w:rsidSect="00975444">
+      <w:headerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1440" w:bottom="1134" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0612A7D2" w14:textId="77777777" w:rsidR="001A279C" w:rsidRDefault="001A279C" w:rsidP="002B07FA">
+    <w:p w14:paraId="16931CF5" w14:textId="77777777" w:rsidR="00B840E0" w:rsidRDefault="00B840E0" w:rsidP="002B07FA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E426F73" w14:textId="77777777" w:rsidR="001A279C" w:rsidRDefault="001A279C" w:rsidP="002B07FA">
+    <w:p w14:paraId="0B6EB930" w14:textId="77777777" w:rsidR="00B840E0" w:rsidRDefault="00B840E0" w:rsidP="002B07FA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43D4529D" w14:textId="77777777" w:rsidR="001A279C" w:rsidRDefault="001A279C" w:rsidP="002B07FA">
+    <w:p w14:paraId="09FD00A0" w14:textId="77777777" w:rsidR="00B840E0" w:rsidRDefault="00B840E0" w:rsidP="002B07FA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C70D5BC" w14:textId="77777777" w:rsidR="001A279C" w:rsidRDefault="001A279C" w:rsidP="002B07FA">
+    <w:p w14:paraId="08C14A85" w14:textId="77777777" w:rsidR="00B840E0" w:rsidRDefault="00B840E0" w:rsidP="002B07FA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1984655492"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
@@ -14034,230 +13878,242 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="618268362">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="459346121">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00166968"/>
     <w:rsid w:val="000168F8"/>
     <w:rsid w:val="00017C59"/>
     <w:rsid w:val="00020F19"/>
     <w:rsid w:val="00032AC4"/>
     <w:rsid w:val="000336DC"/>
     <w:rsid w:val="00033C83"/>
     <w:rsid w:val="000608E1"/>
     <w:rsid w:val="00090AC4"/>
+    <w:rsid w:val="000A70D5"/>
     <w:rsid w:val="000F55AF"/>
     <w:rsid w:val="000F6AB0"/>
     <w:rsid w:val="001365A8"/>
     <w:rsid w:val="001365C9"/>
     <w:rsid w:val="00165FF6"/>
     <w:rsid w:val="00166968"/>
     <w:rsid w:val="001A1BB3"/>
     <w:rsid w:val="001A279C"/>
     <w:rsid w:val="001C352A"/>
     <w:rsid w:val="001C44F1"/>
     <w:rsid w:val="001F1C05"/>
     <w:rsid w:val="001F717B"/>
     <w:rsid w:val="002400C4"/>
     <w:rsid w:val="00245304"/>
     <w:rsid w:val="002609F6"/>
     <w:rsid w:val="002643DB"/>
+    <w:rsid w:val="002A407F"/>
     <w:rsid w:val="002B07FA"/>
     <w:rsid w:val="002B4D23"/>
     <w:rsid w:val="002E6575"/>
     <w:rsid w:val="002F710A"/>
     <w:rsid w:val="00303817"/>
     <w:rsid w:val="00326321"/>
     <w:rsid w:val="00341E46"/>
     <w:rsid w:val="0034531C"/>
     <w:rsid w:val="0037366A"/>
     <w:rsid w:val="00386413"/>
     <w:rsid w:val="003A2F07"/>
+    <w:rsid w:val="003A5F51"/>
     <w:rsid w:val="003C5ADE"/>
     <w:rsid w:val="003C5F81"/>
     <w:rsid w:val="003D5206"/>
     <w:rsid w:val="003E44A9"/>
     <w:rsid w:val="003E620B"/>
     <w:rsid w:val="003F723C"/>
     <w:rsid w:val="004272C6"/>
+    <w:rsid w:val="00431C5D"/>
     <w:rsid w:val="004545A5"/>
     <w:rsid w:val="0046561F"/>
     <w:rsid w:val="00481907"/>
     <w:rsid w:val="00491549"/>
+    <w:rsid w:val="004A5B79"/>
     <w:rsid w:val="004B3E02"/>
     <w:rsid w:val="004B6662"/>
     <w:rsid w:val="004B7373"/>
     <w:rsid w:val="004D3662"/>
     <w:rsid w:val="004F03AE"/>
     <w:rsid w:val="00504B7F"/>
     <w:rsid w:val="00547F00"/>
     <w:rsid w:val="005A4240"/>
     <w:rsid w:val="005C203C"/>
     <w:rsid w:val="005C2F29"/>
     <w:rsid w:val="0060224F"/>
     <w:rsid w:val="0061576A"/>
+    <w:rsid w:val="006404F4"/>
     <w:rsid w:val="006D7F57"/>
     <w:rsid w:val="006E22BB"/>
     <w:rsid w:val="00703C24"/>
     <w:rsid w:val="00706B23"/>
     <w:rsid w:val="007100FC"/>
     <w:rsid w:val="0071661A"/>
     <w:rsid w:val="007609FF"/>
     <w:rsid w:val="0076630D"/>
     <w:rsid w:val="0077361E"/>
     <w:rsid w:val="00784009"/>
     <w:rsid w:val="00787DD7"/>
     <w:rsid w:val="007964C2"/>
     <w:rsid w:val="007A2CC6"/>
     <w:rsid w:val="007B1384"/>
     <w:rsid w:val="007B7701"/>
     <w:rsid w:val="007B780F"/>
     <w:rsid w:val="007E3D52"/>
     <w:rsid w:val="007F29EE"/>
     <w:rsid w:val="00804662"/>
     <w:rsid w:val="00845868"/>
     <w:rsid w:val="00846702"/>
     <w:rsid w:val="0087552C"/>
     <w:rsid w:val="00875FB2"/>
     <w:rsid w:val="00886DA4"/>
     <w:rsid w:val="008902DB"/>
     <w:rsid w:val="008C1CEE"/>
     <w:rsid w:val="008E4533"/>
     <w:rsid w:val="008F1DA7"/>
     <w:rsid w:val="00911669"/>
     <w:rsid w:val="009171F4"/>
     <w:rsid w:val="00933C24"/>
     <w:rsid w:val="00935FF4"/>
+    <w:rsid w:val="00972AB3"/>
     <w:rsid w:val="00975444"/>
     <w:rsid w:val="009972A7"/>
     <w:rsid w:val="00A12866"/>
+    <w:rsid w:val="00A16702"/>
     <w:rsid w:val="00A96DE7"/>
     <w:rsid w:val="00AA1304"/>
     <w:rsid w:val="00AB2C68"/>
     <w:rsid w:val="00AC408D"/>
     <w:rsid w:val="00B6352D"/>
+    <w:rsid w:val="00B840E0"/>
     <w:rsid w:val="00B9578E"/>
     <w:rsid w:val="00BC55C7"/>
     <w:rsid w:val="00BE4779"/>
     <w:rsid w:val="00C34D1F"/>
     <w:rsid w:val="00C4584A"/>
     <w:rsid w:val="00C47AA2"/>
     <w:rsid w:val="00C506F6"/>
+    <w:rsid w:val="00C70900"/>
     <w:rsid w:val="00C74F85"/>
     <w:rsid w:val="00CC3CF9"/>
+    <w:rsid w:val="00CC4B73"/>
     <w:rsid w:val="00CD7DD5"/>
     <w:rsid w:val="00CE7209"/>
     <w:rsid w:val="00D23898"/>
     <w:rsid w:val="00D363EB"/>
     <w:rsid w:val="00D5162D"/>
     <w:rsid w:val="00D93393"/>
     <w:rsid w:val="00DA4DE0"/>
     <w:rsid w:val="00DA533B"/>
     <w:rsid w:val="00DA6F5B"/>
     <w:rsid w:val="00DD06ED"/>
     <w:rsid w:val="00DF0727"/>
     <w:rsid w:val="00E0781F"/>
+    <w:rsid w:val="00E126C7"/>
     <w:rsid w:val="00E16B25"/>
     <w:rsid w:val="00E27FC6"/>
     <w:rsid w:val="00E64E5E"/>
     <w:rsid w:val="00E83136"/>
     <w:rsid w:val="00EC6A18"/>
     <w:rsid w:val="00ED414A"/>
     <w:rsid w:val="00ED736D"/>
     <w:rsid w:val="00EE0B09"/>
     <w:rsid w:val="00F10FE0"/>
     <w:rsid w:val="00F143CE"/>
+    <w:rsid w:val="00F52F94"/>
     <w:rsid w:val="00F85590"/>
     <w:rsid w:val="00F9472C"/>
     <w:rsid w:val="00FC31EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="stockticker"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="4CFF4ACE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{83669C9F-F4CB-414A-9BF0-873A71BB1D32}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -14858,51 +14714,50 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00166968"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:kern w:val="2"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -15419,51 +15274,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007609FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="lv-LV"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.viaa.gov.lv/lv/personas-datu-apstrade-valsts-izglitibas-attistibas-agentura" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olita.kuksa@rezekne.lv" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agrina@edu.riga.lv" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agrina@edu.riga.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:+371%2025495679" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vita.hermansone@ventspils.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anita.celmina@dobele.lv" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps/place/data=!4m2!3m1!1s0x46f1c8fa879ad4cd:0x12dfe50743959c4f?sa=X&amp;ved=1t:8290&amp;ictx=111" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ina.sile@limbazunovads.lv" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.viaa.gov.lv/lv/personas-datu-apstrade-valsts-izglitibas-attistibas-agentura" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dana.pavlukevica@rezekne.lv" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps/place/data=!4m2!3m1!1s0x46f1c8fa879ad4cd:0x12dfe50743959c4f?sa=X&amp;ved=1t:8290&amp;ictx=111" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agrina@edu.riga.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:+371%2025495679" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anita.celmina@dobele.lv" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vita.hermansone@ventspils.lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ina.sile@limbazunovads.lv" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -15757,71 +15612,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C8776E4-CE70-48DC-8853-B0BBB948A51A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>5962</Characters>
+  <Pages>1</Pages>
+  <Words>2392</Words>
+  <Characters>13635</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>113</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16388</CharactersWithSpaces>
+  <CharactersWithSpaces>15996</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Antra Strikaite</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>