--- v0 (2025-11-04)
+++ v1 (2026-02-19)
@@ -817,96 +817,112 @@
         <w:t xml:space="preserve">repertuāra apguves </w:t>
       </w:r>
       <w:r w:rsidR="002D799C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>skates</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B94B39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A17D02E" w14:textId="54B59B7A" w:rsidR="00060A83" w:rsidRPr="00A16293" w:rsidRDefault="007D3E06" w:rsidP="00C8754B">
+    <w:p w14:paraId="2A17D02E" w14:textId="6B709812" w:rsidR="00060A83" w:rsidRPr="00A16293" w:rsidRDefault="007D3E06" w:rsidP="00C8754B">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="004B6982" w:rsidRPr="004B6982">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00060A83" w:rsidRPr="004B6982">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Svētki noti</w:t>
       </w:r>
       <w:r w:rsidR="004B6982">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ek</w:t>
       </w:r>
       <w:r w:rsidR="00060A83" w:rsidRPr="004B6982">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00060A83" w:rsidRPr="004B6982">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>2026. gada 22. maijā</w:t>
+        <w:t>2026. gada 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00361CC3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00060A83" w:rsidRPr="004B6982">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>. maijā</w:t>
       </w:r>
       <w:r w:rsidR="00060A83" w:rsidRPr="004B6982">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rīgā, Mežaparka Lielajā estrādē.</w:t>
       </w:r>
       <w:r w:rsidR="004B6982">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B94B39">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Koru d</w:t>
       </w:r>
       <w:r w:rsidR="004B6982">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>alīb</w:t>
       </w:r>
@@ -8453,99 +8469,135 @@
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:ind w:left="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DE8C7CD" w14:textId="77777777" w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidRDefault="00376AFE" w:rsidP="00376AFE">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:ind w:left="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7645E4BB" w14:textId="77777777" w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidRDefault="00376AFE" w:rsidP="00D73EC2">
+    <w:p w14:paraId="7645E4BB" w14:textId="7FC0277A" w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidRDefault="00376AFE" w:rsidP="00D73EC2">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:ind w:right="-563"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D00E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Protokols </w:t>
       </w:r>
       <w:r w:rsidRPr="00211CDB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>jāiesniedz</w:t>
       </w:r>
       <w:r w:rsidRPr="00211CDB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00211CDB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">līdz 2026.gada 22.aprīlim </w:t>
+        <w:t>līdz 2026.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C3AD6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00211CDB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>gada 22.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C3AD6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00211CDB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aprīlim </w:t>
       </w:r>
       <w:r w:rsidRPr="004D00E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">VIAA </w:t>
       </w:r>
       <w:r w:rsidRPr="004D00E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Sadarbības projektu departamenta Nemateriālā kultūras mantojuma nodaļas vecākajai ekspertei </w:t>
       </w:r>
       <w:r w:rsidRPr="004D00E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Antrai </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -8720,62 +8772,98 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D00E2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">PIETEIKUMA ANKETA DALĪBAI </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="075511C3" w14:textId="77777777" w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidRDefault="00376AFE" w:rsidP="00376AFE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D00E2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Rīgā, Mežaparka Lielajā estrādē</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65972AFF" w14:textId="77777777" w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidRDefault="00376AFE" w:rsidP="00376AFE">
+    <w:p w14:paraId="65972AFF" w14:textId="08DD13D5" w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidRDefault="00376AFE" w:rsidP="00376AFE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D00E2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>2026.gada 22.maijā</w:t>
+        <w:t>2026.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C3AD6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00E2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>gada 2</w:t>
+      </w:r>
+      <w:r w:rsidR="007C3AD6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00E2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C3AD6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00E2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>maijā</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73596B93" w14:textId="77777777" w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidRDefault="00376AFE" w:rsidP="00376AFE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4880D8AB" w14:textId="77777777" w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidRDefault="00376AFE" w:rsidP="00376AFE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1204F21D" w14:textId="77777777" w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidRDefault="00376AFE" w:rsidP="00376AFE">
       <w:pPr>
         <w:ind w:right="24"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -9474,60 +9562,59 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D00E2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B0510E9" w14:textId="77777777" w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidRDefault="00376AFE" w:rsidP="00376AFE">
       <w:pPr>
         <w:ind w:right="24"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C669FDF" w14:textId="77777777" w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidRDefault="00376AFE" w:rsidP="00376AFE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18101710" w14:textId="713779A2" w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidRDefault="004F7734" w:rsidP="00D73EC2">
+    <w:p w14:paraId="3C518D9D" w14:textId="7F242A66" w:rsidR="00376AFE" w:rsidRPr="00361CC3" w:rsidRDefault="004F7734" w:rsidP="00361CC3">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:ind w:right="-563"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:u w:val="single"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Pieteikuma a</w:t>
       </w:r>
       <w:r w:rsidR="00376AFE" w:rsidRPr="004D00E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">nketa uz svētkiem </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00376AFE" w:rsidRPr="004D00E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
@@ -9573,133 +9660,122 @@
       </w:r>
       <w:r w:rsidR="00376AFE" w:rsidRPr="004D00E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Antrai </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00376AFE" w:rsidRPr="004D00E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Strikaitei</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00376AFE" w:rsidRPr="004D00E2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, e-pasta adrese: </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00376AFE" w:rsidRPr="004D00E2">
+        <w:r w:rsidR="00361CC3" w:rsidRPr="00361CC3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
             <w:sz w:val="24"/>
           </w:rPr>
-          <w:t>antra.strikaite@viaa.gov.lv</w:t>
+          <w:t>kori@nacgavilet.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00376AFE" w:rsidRPr="004D00E2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00361CC3" w:rsidRPr="00361CC3">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
-          <w:u w:val="single"/>
-[...12 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1FB2A0D8" w14:textId="77777777" w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidRDefault="00376AFE" w:rsidP="00376AFE">
       <w:pPr>
         <w:ind w:right="24"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D00E2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22D14C06" w14:textId="77777777" w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidRDefault="00376AFE" w:rsidP="00376AFE">
       <w:pPr>
         <w:ind w:right="24"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D00E2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00376AFE" w:rsidRPr="004D00E2" w:rsidSect="004D00E2">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="991" w:bottom="993" w:left="1560" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B8D5838" w14:textId="77777777" w:rsidR="00BA26D4" w:rsidRDefault="00BA26D4" w:rsidP="00FC60F7">
+    <w:p w14:paraId="333A1633" w14:textId="77777777" w:rsidR="00874B12" w:rsidRDefault="00874B12" w:rsidP="00FC60F7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6BFD25BD" w14:textId="77777777" w:rsidR="00BA26D4" w:rsidRDefault="00BA26D4" w:rsidP="00FC60F7">
+    <w:p w14:paraId="001CFF35" w14:textId="77777777" w:rsidR="00874B12" w:rsidRDefault="00874B12" w:rsidP="00FC60F7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9737,58 +9813,58 @@
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="WenQuanYi Micro Hei">
     <w:altName w:val="MS Mincho"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Lohit Hindi">
     <w:altName w:val="MS Mincho"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55AF8D50" w14:textId="77777777" w:rsidR="00BA26D4" w:rsidRDefault="00BA26D4" w:rsidP="00FC60F7">
+    <w:p w14:paraId="454BD062" w14:textId="77777777" w:rsidR="00874B12" w:rsidRDefault="00874B12" w:rsidP="00FC60F7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39F5EAED" w14:textId="77777777" w:rsidR="00BA26D4" w:rsidRDefault="00BA26D4" w:rsidP="00FC60F7">
+    <w:p w14:paraId="1912722D" w14:textId="77777777" w:rsidR="00874B12" w:rsidRDefault="00874B12" w:rsidP="00FC60F7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1748487273"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="413C4492" w14:textId="696E5485" w:rsidR="00D82133" w:rsidRDefault="00D82133">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
@@ -10218,51 +10294,51 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="206963566">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1162701997">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1121413132">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="746265059">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="116"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00436237"/>
@@ -10279,132 +10355,137 @@
     <w:rsid w:val="0009161E"/>
     <w:rsid w:val="00097DF2"/>
     <w:rsid w:val="0010772C"/>
     <w:rsid w:val="00113926"/>
     <w:rsid w:val="001170F7"/>
     <w:rsid w:val="00127AB0"/>
     <w:rsid w:val="00133ECE"/>
     <w:rsid w:val="001649B0"/>
     <w:rsid w:val="001B3C30"/>
     <w:rsid w:val="001C2686"/>
     <w:rsid w:val="00211CDB"/>
     <w:rsid w:val="00217296"/>
     <w:rsid w:val="00236CD9"/>
     <w:rsid w:val="002400C4"/>
     <w:rsid w:val="00264617"/>
     <w:rsid w:val="00275A77"/>
     <w:rsid w:val="002917F4"/>
     <w:rsid w:val="002D799C"/>
     <w:rsid w:val="002E1674"/>
     <w:rsid w:val="002F3DBD"/>
     <w:rsid w:val="002F4F3F"/>
     <w:rsid w:val="002F7E83"/>
     <w:rsid w:val="0031068F"/>
     <w:rsid w:val="00310DC4"/>
     <w:rsid w:val="003315DB"/>
+    <w:rsid w:val="00361CC3"/>
     <w:rsid w:val="0036282D"/>
     <w:rsid w:val="00366731"/>
     <w:rsid w:val="00374927"/>
     <w:rsid w:val="00376AFE"/>
     <w:rsid w:val="003A4CD4"/>
     <w:rsid w:val="003B2E2A"/>
     <w:rsid w:val="003E05E4"/>
     <w:rsid w:val="00436237"/>
     <w:rsid w:val="00464405"/>
+    <w:rsid w:val="00470A27"/>
     <w:rsid w:val="00472865"/>
     <w:rsid w:val="0047374E"/>
     <w:rsid w:val="00474508"/>
     <w:rsid w:val="00476D47"/>
     <w:rsid w:val="00492906"/>
     <w:rsid w:val="004B117F"/>
     <w:rsid w:val="004B6982"/>
     <w:rsid w:val="004D00E2"/>
     <w:rsid w:val="004D3662"/>
     <w:rsid w:val="004F7734"/>
     <w:rsid w:val="005301B2"/>
     <w:rsid w:val="00557045"/>
     <w:rsid w:val="00573B99"/>
     <w:rsid w:val="005765E5"/>
     <w:rsid w:val="00597B62"/>
     <w:rsid w:val="005C318D"/>
     <w:rsid w:val="005D6768"/>
     <w:rsid w:val="005F3AB3"/>
     <w:rsid w:val="005F5322"/>
     <w:rsid w:val="006063D0"/>
     <w:rsid w:val="00620DB9"/>
     <w:rsid w:val="00627489"/>
     <w:rsid w:val="00630405"/>
     <w:rsid w:val="0064503E"/>
     <w:rsid w:val="00663EFD"/>
     <w:rsid w:val="00665575"/>
     <w:rsid w:val="00685459"/>
     <w:rsid w:val="006D0DCA"/>
     <w:rsid w:val="006F40FE"/>
     <w:rsid w:val="007051CA"/>
     <w:rsid w:val="0071588B"/>
     <w:rsid w:val="00717E99"/>
     <w:rsid w:val="007212BD"/>
     <w:rsid w:val="007326B3"/>
     <w:rsid w:val="00744A64"/>
     <w:rsid w:val="00753377"/>
     <w:rsid w:val="00760CA8"/>
     <w:rsid w:val="0076562A"/>
     <w:rsid w:val="00767D6A"/>
     <w:rsid w:val="00775115"/>
     <w:rsid w:val="007805FF"/>
     <w:rsid w:val="0078153A"/>
     <w:rsid w:val="00796FAE"/>
     <w:rsid w:val="007A3AAD"/>
+    <w:rsid w:val="007C3AD6"/>
     <w:rsid w:val="007D25AE"/>
     <w:rsid w:val="007D3E06"/>
     <w:rsid w:val="007F4106"/>
     <w:rsid w:val="0081052C"/>
     <w:rsid w:val="00822A55"/>
     <w:rsid w:val="008319B3"/>
     <w:rsid w:val="0083765E"/>
     <w:rsid w:val="008405B5"/>
     <w:rsid w:val="00845868"/>
+    <w:rsid w:val="00874B12"/>
     <w:rsid w:val="00881635"/>
     <w:rsid w:val="00885B02"/>
     <w:rsid w:val="008B4538"/>
     <w:rsid w:val="008C724F"/>
     <w:rsid w:val="008D1461"/>
     <w:rsid w:val="008E6580"/>
     <w:rsid w:val="008E6A7D"/>
     <w:rsid w:val="008F5583"/>
     <w:rsid w:val="00904036"/>
     <w:rsid w:val="00912932"/>
     <w:rsid w:val="00932C62"/>
     <w:rsid w:val="00936CE8"/>
     <w:rsid w:val="00943B87"/>
     <w:rsid w:val="00983D4E"/>
     <w:rsid w:val="009A7E80"/>
     <w:rsid w:val="009D4B70"/>
     <w:rsid w:val="00A16293"/>
     <w:rsid w:val="00A30D15"/>
     <w:rsid w:val="00A51027"/>
     <w:rsid w:val="00A81346"/>
+    <w:rsid w:val="00A85E92"/>
     <w:rsid w:val="00A866B3"/>
     <w:rsid w:val="00AC60C7"/>
     <w:rsid w:val="00AE1579"/>
     <w:rsid w:val="00AE2E7B"/>
     <w:rsid w:val="00B22185"/>
     <w:rsid w:val="00B33BA2"/>
     <w:rsid w:val="00B358C2"/>
     <w:rsid w:val="00B45E19"/>
     <w:rsid w:val="00B51A5D"/>
     <w:rsid w:val="00B6352D"/>
     <w:rsid w:val="00B64658"/>
     <w:rsid w:val="00B72AAF"/>
     <w:rsid w:val="00B94B39"/>
     <w:rsid w:val="00B97604"/>
     <w:rsid w:val="00BA26D4"/>
     <w:rsid w:val="00BA35FE"/>
     <w:rsid w:val="00BB5742"/>
     <w:rsid w:val="00BC1A5B"/>
     <w:rsid w:val="00BE1A27"/>
     <w:rsid w:val="00C02CE3"/>
     <w:rsid w:val="00C10F3A"/>
     <w:rsid w:val="00C15BCB"/>
     <w:rsid w:val="00C24DFC"/>
     <w:rsid w:val="00C62994"/>
     <w:rsid w:val="00C838D4"/>
@@ -10415,50 +10496,51 @@
     <w:rsid w:val="00C95C13"/>
     <w:rsid w:val="00C95D1F"/>
     <w:rsid w:val="00CA052A"/>
     <w:rsid w:val="00CA6EA9"/>
     <w:rsid w:val="00CF003C"/>
     <w:rsid w:val="00D30AB3"/>
     <w:rsid w:val="00D32678"/>
     <w:rsid w:val="00D70B90"/>
     <w:rsid w:val="00D7260A"/>
     <w:rsid w:val="00D73EC2"/>
     <w:rsid w:val="00D81427"/>
     <w:rsid w:val="00D82133"/>
     <w:rsid w:val="00DA18F3"/>
     <w:rsid w:val="00DA1EA6"/>
     <w:rsid w:val="00DD1623"/>
     <w:rsid w:val="00DD7705"/>
     <w:rsid w:val="00DF37AA"/>
     <w:rsid w:val="00DF3992"/>
     <w:rsid w:val="00DF5E50"/>
     <w:rsid w:val="00E035E6"/>
     <w:rsid w:val="00E10D01"/>
     <w:rsid w:val="00E22D40"/>
     <w:rsid w:val="00E36FB9"/>
     <w:rsid w:val="00E40F1E"/>
     <w:rsid w:val="00E4667E"/>
+    <w:rsid w:val="00EA0519"/>
     <w:rsid w:val="00EA70D7"/>
     <w:rsid w:val="00EE5322"/>
     <w:rsid w:val="00EF3235"/>
     <w:rsid w:val="00EF4337"/>
     <w:rsid w:val="00EF4BED"/>
     <w:rsid w:val="00F03545"/>
     <w:rsid w:val="00F20A40"/>
     <w:rsid w:val="00F216FC"/>
     <w:rsid w:val="00F2469F"/>
     <w:rsid w:val="00F247D2"/>
     <w:rsid w:val="00F33C01"/>
     <w:rsid w:val="00F3439C"/>
     <w:rsid w:val="00F6318F"/>
     <w:rsid w:val="00F836AE"/>
     <w:rsid w:val="00F9472C"/>
     <w:rsid w:val="00FA22FE"/>
     <w:rsid w:val="00FA6B6A"/>
     <w:rsid w:val="00FB1A5D"/>
     <w:rsid w:val="00FB372A"/>
     <w:rsid w:val="00FB3836"/>
     <w:rsid w:val="00FC5020"/>
     <w:rsid w:val="00FC60F7"/>
     <w:rsid w:val="00FF7F3C"/>
   </w:rsids>
   <m:mathPr>
@@ -11647,51 +11729,51 @@
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D82133"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:lang w:val="lv-LV"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.viaa.gov.lv/lv/personas-datu-apstrade-valsts-izglitibas-attistibas-agentura" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.viaa.gov.lv/lv/personas-datu-apstrade-valsts-izglitibas-attistibas-agentura" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kori@nacgavilet.lv" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antra.strikaite@viaa.gov.lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -11982,69 +12064,65 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100FD3A46442F39284188B134BA008384FC" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="e9314fb6294dcc335f3c45cf46a1a1d4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="cfce28a4-2cd1-4ceb-a864-3fe4effefca3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b9ac4be5363e07c8dd9579009920b686" ns3:_="">
     <xsd:import namespace="cfce28a4-2cd1-4ceb-a864-3fe4effefca3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cfce28a4-2cd1-4ceb-a864-3fe4effefca3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceDateTaken" ma:index="8" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
@@ -12150,123 +12228,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38315890-6963-4308-98CC-8CC9E7DD47C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{474656E6-EB7A-4E23-9E6E-97BF322FEB86}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48183D6B-BA18-4118-A0BC-851D23F8D84E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="cfce28a4-2cd1-4ceb-a864-3fe4effefca3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1CA47A4-27FA-47F1-B414-A86E3E756887}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>7681</Words>
-  <Characters>4379</Characters>
+  <Words>7671</Words>
+  <Characters>4374</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12036</CharactersWithSpaces>
+  <CharactersWithSpaces>12021</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Antra Strikaite</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FD3A46442F39284188B134BA008384FC</vt:lpwstr>