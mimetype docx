--- v0 (2025-11-04)
+++ v1 (2026-01-25)
@@ -53,102 +53,238 @@
         <w:ind w:left="567" w:right="-1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D7F80">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Valsts izglītības </w:t>
       </w:r>
       <w:r w:rsidR="002F3689">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">attīstības aģentūras </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0344FEDB" w14:textId="3DE00D8C" w:rsidR="00E66CBB" w:rsidRPr="000D7F80" w:rsidRDefault="002F3689" w:rsidP="00E66CBB">
+    <w:p w14:paraId="309EB81A" w14:textId="5E96F0E6" w:rsidR="00D3245D" w:rsidRDefault="002F3689" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="-1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">2025.gada </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F21314">
+        <w:t>2025.</w:t>
+      </w:r>
+      <w:r w:rsidR="00800457">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">20. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00492703">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">oktobra </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">gada </w:t>
+      </w:r>
+      <w:r w:rsidR="00F21314">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>rīkojumu Nr.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F21314">
+        <w:t xml:space="preserve">20. </w:t>
+      </w:r>
+      <w:r w:rsidR="00492703">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">oktobra </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rīkojumu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F21314">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>1.-5.2/388</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF274BB" w14:textId="77777777" w:rsidR="00D3245D" w:rsidRDefault="00D3245D" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AF0D050" w14:textId="7A26BD48" w:rsidR="00D3245D" w:rsidRDefault="00D3245D" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Konsolidētā versija apstiprināta ar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0669936E" w14:textId="3B7E5F9C" w:rsidR="00D3245D" w:rsidRDefault="00D3245D" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valsts izglītības attīstības aģentūras </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0344FEDB" w14:textId="271D5411" w:rsidR="00E66CBB" w:rsidRPr="000D7F80" w:rsidRDefault="00D3245D" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2026.</w:t>
+      </w:r>
+      <w:r w:rsidR="00800457">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gada </w:t>
+      </w:r>
+      <w:r w:rsidR="00800457">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>janvāra rīkojumu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00800457">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1.-5.2/26/11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="002F3689">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E66CBB" w:rsidRPr="000D7F80">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D0A20D6" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="008A6AFE" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -781,86 +917,120 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6466E793" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="008A6AFE" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DALĪBNIEKI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ACED3F5" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="008A6AFE" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
+    <w:p w14:paraId="5ACED3F5" w14:textId="26118145" w:rsidR="00E66CBB" w:rsidRPr="008A6AFE" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">5. Izglītības iestāžu interešu </w:t>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk218783452"/>
+      <w:r w:rsidRPr="008A6AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izglītības iestāžu interešu </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA3B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>izglītības vizuālās un vizuāli plastiskās mākslas pro</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>grammu audzēkņi.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>grammu audzēkņi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B162CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00B162CC" w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>profesionālās ievirzes mākslas programmu audzēkņi vispārējās izglītības iestādēs.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B162CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="4BA64AE0" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="00976DDC" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45934A4B" w14:textId="0DD68146" w:rsidR="00E66CBB" w:rsidRPr="00976DDC" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976DDC">
         <w:rPr>
@@ -1492,73 +1662,74 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tiek īstenots </w:t>
       </w:r>
       <w:r w:rsidR="002B2148" w:rsidRPr="007A68F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="007A68F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kārtās:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D0983D" w14:textId="6806CE82" w:rsidR="00E66CBB" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
+    <w:p w14:paraId="1D31AF1A" w14:textId="77B601F9" w:rsidR="005037D6" w:rsidRDefault="00E66CBB" w:rsidP="00123CAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>10.1</w:t>
       </w:r>
       <w:r w:rsidRPr="001B16DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="001B16DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.kārta</w:t>
       </w:r>
       <w:r w:rsidRPr="001B16DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
@@ -1591,135 +1762,121 @@
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="002B2148">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="001B16DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.gada janvār</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD166A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ī</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001B16DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – februār</w:t>
+        <w:t>gada janvār</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – februār</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>ī;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B767C5A" w14:textId="77777777" w:rsidR="005037D6" w:rsidRDefault="005037D6" w:rsidP="00E66CBB">
+    <w:p w14:paraId="169A3942" w14:textId="77777777" w:rsidR="005037D6" w:rsidRPr="001B16DF" w:rsidRDefault="005037D6" w:rsidP="00E66CBB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D31AF1A" w14:textId="77777777" w:rsidR="005037D6" w:rsidRDefault="005037D6" w:rsidP="00E66CBB">
-[...33 lines deleted...]
-    <w:p w14:paraId="486D42D0" w14:textId="4B87E3DA" w:rsidR="00E66CBB" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
+    <w:p w14:paraId="486D42D0" w14:textId="5F2709F6" w:rsidR="00E66CBB" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.2</w:t>
       </w:r>
       <w:r w:rsidRPr="001B16DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
@@ -1753,51 +1910,69 @@
       <w:r w:rsidRPr="001B16DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="002B2148">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="001B16DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.gada</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD166A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gada</w:t>
       </w:r>
       <w:r w:rsidR="00492703">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00492703">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aprīlī</w:t>
       </w:r>
       <w:r w:rsidR="00492703" w:rsidRPr="00492703">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2540,76 +2715,92 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ilūkstes Bērnu un jauniešu centrs, Raiņa iela 33A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2D3667ED" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B3DADBE" w14:textId="176E510C" w:rsidR="00E66CBB" w:rsidRPr="0046552A" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
+    <w:p w14:paraId="1B3DADBE" w14:textId="1C76A4F8" w:rsidR="00E66CBB" w:rsidRPr="0046552A" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.2.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD5FDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dalību 2.kārtai piesaka ne vēlāk kā </w:t>
+        <w:t>Dalību 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD166A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD5FDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kārtai piesaka ne vēlāk kā </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>trīs</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD5FDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nedēļas pirms attiecīgā kultūrvēsturiskā novada pasākuma, elektroniski nosūtot pieteikuma anketu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – darbu sarakstu</w:t>
       </w:r>
@@ -2696,76 +2887,92 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="002B2148" w:rsidRPr="002F6B93">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="4472C4" w:themeColor="accent5"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>sandra.mieze@viaa.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002F6B93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="283EFFCE" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="00FD5FDA" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
+    <w:p w14:paraId="283EFFCE" w14:textId="0EA38D25" w:rsidR="00E66CBB" w:rsidRPr="00FD5FDA" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.2.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD5FDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kopējo projekta darbu skaitu 2.kārtā nosaka kultūrvēsturiskā novada organizatori:</w:t>
+        <w:t xml:space="preserve"> Kopējo projekta darbu skaitu 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD166A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD5FDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kārtā nosaka kultūrvēsturiskā novada organizatori:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="63"/>
         <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5807"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E66CBB" w:rsidRPr="0077524B" w14:paraId="698C87B0" w14:textId="77777777" w:rsidTr="00EC3345">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13E85B01" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="001B16DF" w:rsidRDefault="00E66CBB" w:rsidP="00EC3345">
             <w:pPr>
               <w:ind w:right="-1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -3585,92 +3792,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="002B2148">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.4. 10.-12. klašu grupa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47BBD1D6" w14:textId="5240ECA2" w:rsidR="00E66CBB" w:rsidRPr="002A5ADD" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
+    <w:p w14:paraId="47BBD1D6" w14:textId="336A901F" w:rsidR="00E66CBB" w:rsidRPr="002A5ADD" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="002B2148">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2.kārtu kultūrvēsturiskajos novados vērtē VI</w:t>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD166A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A6AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kārtu kultūrvēsturiskajos novados vērtē VI</w:t>
       </w:r>
       <w:r w:rsidR="002B2148">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AA</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> izveidota vērtēšanas komisija. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DB6595A" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="008A6AFE" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4969,84 +5192,129 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">viens kopīgs darbs, bet </w:t>
       </w:r>
       <w:r w:rsidRPr="005C455A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vairāki autori no dažādiem vecuma posmiem. Ja darbs tiek izvirzīts apbalvošanai, tā autoriem tiek piešķirts viens apbalvojums. Dalībai ar konkursu saistītos pasākumos kolektīvā darba autoru skaits var tikt ierobežots.</w:t>
       </w:r>
       <w:r w:rsidRPr="005C455A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ja kopdarbu veidojuši autori no dažādām klasēm, klašu grupu nosaka pēc vairākuma.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA10C65" w14:textId="4B5ADA63" w:rsidR="00E916BE" w:rsidRPr="00E916BE" w:rsidRDefault="00E916BE" w:rsidP="00E66CBB">
+    <w:p w14:paraId="3DA10C65" w14:textId="32D9CB7C" w:rsidR="00E916BE" w:rsidRPr="00E916BE" w:rsidRDefault="00E916BE" w:rsidP="00E66CBB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009A4423">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Anutācija – pie darbiem, kas īpaši raksturo kādu novada vai pilsētas īpašu vietu, lietu, lūgums pievienot anutāciju līdz 3 teikumiem.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4423">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ie darbiem, kas īpaši raksturo kādu novada vai pilsētas īpašu vietu, lietu, lūgums pievienot an</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>tāciju līdz 3 teikumiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55A65802" w14:textId="41076690" w:rsidR="00E66CBB" w:rsidRPr="001B16DF" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00E916BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -5551,51 +5819,51 @@
       <w:r w:rsidRPr="008F16DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Iesniedzamo darbu skaits</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz 2. kārtu</w:t>
       </w:r>
       <w:r w:rsidRPr="008F16DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5B047E" w14:textId="4CB7B234" w:rsidR="00E66CBB" w:rsidRPr="008F16DC" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
+    <w:p w14:paraId="3D5B047E" w14:textId="4D617BD3" w:rsidR="00E66CBB" w:rsidRPr="008F16DC" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00E916BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
@@ -5624,54 +5892,118 @@
         </w:rPr>
         <w:t>divus</w:t>
       </w:r>
       <w:r w:rsidRPr="008F16DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> no dažādām </w:t>
       </w:r>
       <w:r w:rsidRPr="00194901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>interešu izglītības programmām;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="67C831EF" w14:textId="2B23A7EB" w:rsidR="00E66CBB" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
+        <w:t>interešu izglītības</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> programmām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D1686" w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai profesionālās ievirzes mākslas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programmām</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1686" w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD166A" w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ja tās</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1686" w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiek īstenotas vispārējās izglītības iestādē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE65673" w14:textId="4B207CAF" w:rsidR="008D1686" w:rsidRDefault="00E66CBB" w:rsidP="008D1686">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00E916BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
@@ -5742,119 +6074,389 @@
       </w:r>
       <w:r w:rsidRPr="00194901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vienas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">interešu </w:t>
       </w:r>
       <w:r w:rsidRPr="00194901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>izglītības programmas</w:t>
       </w:r>
+      <w:r w:rsidR="008D1686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D1686" w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai profesionālās ievirzes mākslas programmas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD166A" w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ja tā</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1686" w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiek īstenota vispārējās izglītības iestādē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13CB408E" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00DD166A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="079B3200" w14:textId="03271FE5" w:rsidR="008D1686" w:rsidRPr="00A871B4" w:rsidRDefault="008D1686" w:rsidP="00DD166A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">12.7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00A871B4" w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tapšanā nedrīkst izmantot mākslīgā intelekta rīkus vai </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD166A" w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>piesavināties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kāda cita autora iepriekš radītu mākslas darbu, radot plaģiātu</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD166A" w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD166A" w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0ED2AAC2" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="00DC6E87" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
+      <w:r w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED2AAC2" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="00A871B4" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2540D2A4" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="008A6AFE" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
+    <w:p w14:paraId="3ADDF4D8" w14:textId="55DDAF1A" w:rsidR="00DD166A" w:rsidRPr="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plaģiāts jeb plaģiātisms ir apzināta vai neapzināta sveša darba vai idejas pilnīga vai daļēja piesavināšanās, uzdodot to par savu un nenorādot patieso autoru. Tas ir </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:tooltip="Autortiesības" w:history="1">
+        <w:r w:rsidRPr="00A871B4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>autortiesību</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A871B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārkāpums.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD166A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CC2F1F8" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34C7C0AB" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C561146" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24C403E9" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="600B9F9E" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2540D2A4" w14:textId="0ED6C336" w:rsidR="00E66CBB" w:rsidRPr="008A6AFE" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>APBALVOŠANA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42DDA9B5" w14:textId="6B14BCCA" w:rsidR="00E66CBB" w:rsidRPr="00E916BE" w:rsidRDefault="00E916BE" w:rsidP="00E916BE">
+    <w:p w14:paraId="42DDA9B5" w14:textId="57649984" w:rsidR="00E66CBB" w:rsidRPr="00E916BE" w:rsidRDefault="00E916BE" w:rsidP="00E916BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
+      <w:r w:rsidR="00DD166A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00E66CBB" w:rsidRPr="00E916BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.kārtas dalībnieki tiek apbalvo ar </w:t>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD166A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E66CBB" w:rsidRPr="00E916BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kārtas dalībnieki tiek apbalvo ar </w:t>
       </w:r>
       <w:r w:rsidR="00E50DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VIAA</w:t>
       </w:r>
       <w:r w:rsidR="00E66CBB" w:rsidRPr="00E916BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> diplomiem un pateicībām: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CC44D36" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="00E86166" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5885,76 +6487,84 @@
       <w:r w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">II pakāpe </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> no 40 līdz 44,9 punktiem,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31711396" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="008A6AFE" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
+    <w:p w14:paraId="31711396" w14:textId="46BC3D4A" w:rsidR="00E66CBB" w:rsidRPr="008A6AFE" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III pakāpe – no 30</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> līdz 39,9 punktiem,</w:t>
+        <w:t xml:space="preserve"> līdz 39,9 punktiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD166A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A092587" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="002D7F15" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BF18330" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="008A6AFE" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -5974,102 +6584,118 @@
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="00E66CBB" w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. 1. kārtu finansē izglītības iestādes, izglītības pārvaldes un pašvaldības. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7205A141" w14:textId="6BEF42F3" w:rsidR="00E66CBB" w:rsidRPr="00452305" w:rsidRDefault="00E916BE" w:rsidP="00E66CBB">
+    <w:p w14:paraId="7205A141" w14:textId="76599FD1" w:rsidR="00E66CBB" w:rsidRPr="00452305" w:rsidRDefault="00E916BE" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>15.</w:t>
       </w:r>
       <w:r w:rsidR="00E66CBB" w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00DD166A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
       <w:r w:rsidR="00452305">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">no valsts </w:t>
+        <w:t xml:space="preserve">o valsts </w:t>
       </w:r>
       <w:r w:rsidR="00452305" w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">budžeta 42.03. apakšprogrammas „Skolu jaunatnes dziesmu un deju svētki” </w:t>
       </w:r>
       <w:r w:rsidR="00E66CBB" w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
+      <w:r w:rsidR="00DD166A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00E66CBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kārt</w:t>
       </w:r>
       <w:r w:rsidR="00452305">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ā </w:t>
       </w:r>
       <w:r w:rsidR="00E66CBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">finansē </w:t>
       </w:r>
       <w:r w:rsidR="00452305" w:rsidRPr="008A6AFE">
@@ -6087,176 +6713,654 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbu</w:t>
       </w:r>
       <w:r w:rsidR="00452305">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0520DF" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BCAC05D" w14:textId="77777777" w:rsidR="00E66CBB" w:rsidRPr="008A6AFE" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
+    <w:p w14:paraId="423D42A7" w14:textId="6A9534AB" w:rsidR="00AC1D65" w:rsidRPr="00E02E1C" w:rsidRDefault="00E66CBB" w:rsidP="00E02E1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROJEKTA VADĪTĀJA:</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00E02E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00E916BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IAA</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nemateriālā kultūras mantojuma nodaļas vecāk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> eksperte Sandrai Miezei, tālr.67350810</w:t>
+        <w:t xml:space="preserve"> eksperte Sandra Mieze, tālr.67350810</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED2C50">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00AC1D65" w:rsidRPr="002129BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>sandra.mieze@viaa.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00ED2C50">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013BB85D" w14:textId="77777777" w:rsidR="00E50DDE" w:rsidRDefault="00E50DDE" w:rsidP="00E50DDE">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7ADDC82D" w14:textId="77777777" w:rsidR="008D1686" w:rsidRDefault="008D1686" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="423D42A7" w14:textId="77777777" w:rsidR="00AC1D65" w:rsidRDefault="00AC1D65" w:rsidP="00E66CBB">
+    <w:p w14:paraId="4932A4AA" w14:textId="77777777" w:rsidR="008D1686" w:rsidRDefault="008D1686" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18839D55" w14:textId="653A4A70" w:rsidR="00E66CBB" w:rsidRPr="008559D6" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
+    <w:p w14:paraId="5F2D5648" w14:textId="77777777" w:rsidR="008D1686" w:rsidRDefault="008D1686" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51F226BB" w14:textId="77777777" w:rsidR="008D1686" w:rsidRDefault="008D1686" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02456B5B" w14:textId="77777777" w:rsidR="008D1686" w:rsidRDefault="008D1686" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37E8921C" w14:textId="77777777" w:rsidR="008D1686" w:rsidRDefault="008D1686" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00D57279" w14:textId="77777777" w:rsidR="008D1686" w:rsidRDefault="008D1686" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="508A7B35" w14:textId="77777777" w:rsidR="008D1686" w:rsidRDefault="008D1686" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0676E354" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C4F891D" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79749790" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32C4C015" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B87ECD9" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FFA7C22" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="574694C6" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="594AA23E" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50F88D34" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="494B7494" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76C6CB1B" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="738ABD5E" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20849EB1" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DF4037A" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76FD47F5" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="417912DC" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F6AA24D" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B7C10B2" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12EBC0CA" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01B8CA01" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="541E3A97" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E3B7442" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F75C49B" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55253665" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B896565" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="233F41F0" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1488ECFE" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="502150B9" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3071398F" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32B0D3BD" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A56A864" w14:textId="77777777" w:rsidR="00DD166A" w:rsidRDefault="00DD166A" w:rsidP="00E66CBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18839D55" w14:textId="44B7CD95" w:rsidR="00E66CBB" w:rsidRPr="008559D6" w:rsidRDefault="00E66CBB" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008559D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Pielikums Nr. </w:t>
       </w:r>
       <w:r w:rsidR="002F3689">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -7659,51 +8763,51 @@
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25E63932" wp14:editId="0C2CE8F7">
             <wp:extent cx="2644140" cy="2644140"/>
             <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
             <wp:docPr id="2" name="Picture 2" descr="C:\Users\Sandram\AppData\Local\Packages\Microsoft.Windows.Photos_8wekyb3d8bbwe\TempState\ShareServiceTempFolder\QR_PBJC_Altona_Alberts_Jermolajevs_Neparasta_Saule_9.klase_pedagogs_I.Aboltina_Animacija.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Sandram\AppData\Local\Packages\Microsoft.Windows.Photos_8wekyb3d8bbwe\TempState\ShareServiceTempFolder\QR_PBJC_Altona_Alberts_Jermolajevs_Neparasta_Saule_9.klase_pedagogs_I.Aboltina_Animacija.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId14" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2644140" cy="2644140"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -7824,61 +8928,61 @@
     <w:p w14:paraId="4D79322F" w14:textId="77777777" w:rsidR="0053749D" w:rsidRDefault="0053749D" w:rsidP="00E66CBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0053749D" w:rsidSect="00AC0C22">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57AFE0FA" w14:textId="77777777" w:rsidR="008A1F09" w:rsidRDefault="008A1F09" w:rsidP="00E916BE">
+    <w:p w14:paraId="7ACDAE64" w14:textId="77777777" w:rsidR="00561B76" w:rsidRDefault="00561B76" w:rsidP="00E916BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48BDD2CB" w14:textId="77777777" w:rsidR="008A1F09" w:rsidRDefault="008A1F09" w:rsidP="00E916BE">
+    <w:p w14:paraId="302EF99B" w14:textId="77777777" w:rsidR="00561B76" w:rsidRDefault="00561B76" w:rsidP="00E916BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7929,61 +9033,61 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="498860F3" w14:textId="77777777" w:rsidR="008A1F09" w:rsidRDefault="008A1F09" w:rsidP="00E916BE">
+    <w:p w14:paraId="3406E905" w14:textId="77777777" w:rsidR="00561B76" w:rsidRDefault="00561B76" w:rsidP="00E916BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="562ACE45" w14:textId="77777777" w:rsidR="008A1F09" w:rsidRDefault="008A1F09" w:rsidP="00E916BE">
+    <w:p w14:paraId="3DE288D8" w14:textId="77777777" w:rsidR="00561B76" w:rsidRDefault="00561B76" w:rsidP="00E916BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05EC5D76"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="954635C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -11193,177 +12297,195 @@
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="126170490">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1547638332">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="928082831">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1601136720">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1720084937">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="939799581">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="146"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E66CBB"/>
     <w:rsid w:val="0000772F"/>
     <w:rsid w:val="00021E48"/>
     <w:rsid w:val="000254BD"/>
     <w:rsid w:val="000652B3"/>
     <w:rsid w:val="00097DF2"/>
     <w:rsid w:val="00097E1D"/>
     <w:rsid w:val="000A5527"/>
     <w:rsid w:val="000A7DDD"/>
     <w:rsid w:val="001015B6"/>
     <w:rsid w:val="00122C5F"/>
+    <w:rsid w:val="00123CAC"/>
     <w:rsid w:val="001318C0"/>
     <w:rsid w:val="001324A6"/>
     <w:rsid w:val="00135CC0"/>
+    <w:rsid w:val="00137301"/>
     <w:rsid w:val="00137A62"/>
     <w:rsid w:val="0016650B"/>
     <w:rsid w:val="00172848"/>
     <w:rsid w:val="00183873"/>
     <w:rsid w:val="001B2CC1"/>
     <w:rsid w:val="001B6A36"/>
     <w:rsid w:val="001C1274"/>
     <w:rsid w:val="001C285B"/>
     <w:rsid w:val="001C3D8B"/>
     <w:rsid w:val="001F380B"/>
     <w:rsid w:val="00203B45"/>
     <w:rsid w:val="00225162"/>
     <w:rsid w:val="00242102"/>
     <w:rsid w:val="002644C0"/>
     <w:rsid w:val="0027363D"/>
     <w:rsid w:val="00292BD8"/>
     <w:rsid w:val="002A3698"/>
     <w:rsid w:val="002B2148"/>
     <w:rsid w:val="002D0A57"/>
     <w:rsid w:val="002D26A7"/>
     <w:rsid w:val="002E4D67"/>
     <w:rsid w:val="002F3689"/>
     <w:rsid w:val="002F59C3"/>
     <w:rsid w:val="002F6B93"/>
     <w:rsid w:val="003623FE"/>
     <w:rsid w:val="00365070"/>
     <w:rsid w:val="00394173"/>
     <w:rsid w:val="003B0201"/>
     <w:rsid w:val="003B3815"/>
     <w:rsid w:val="003B5207"/>
     <w:rsid w:val="003F4129"/>
     <w:rsid w:val="004231BE"/>
     <w:rsid w:val="00452305"/>
     <w:rsid w:val="00492703"/>
+    <w:rsid w:val="004B6141"/>
     <w:rsid w:val="005037D6"/>
     <w:rsid w:val="005307B3"/>
     <w:rsid w:val="00535CE9"/>
     <w:rsid w:val="0053749D"/>
+    <w:rsid w:val="00561B76"/>
     <w:rsid w:val="005676D9"/>
     <w:rsid w:val="00570682"/>
     <w:rsid w:val="0057529E"/>
     <w:rsid w:val="00592564"/>
     <w:rsid w:val="005D4666"/>
     <w:rsid w:val="005F15B6"/>
     <w:rsid w:val="00622C72"/>
     <w:rsid w:val="00667264"/>
     <w:rsid w:val="00672F1B"/>
+    <w:rsid w:val="006914BD"/>
     <w:rsid w:val="00692A81"/>
     <w:rsid w:val="006A3602"/>
     <w:rsid w:val="006C7658"/>
     <w:rsid w:val="006D466D"/>
     <w:rsid w:val="006F3F1F"/>
     <w:rsid w:val="00735A56"/>
+    <w:rsid w:val="00740100"/>
     <w:rsid w:val="00753B05"/>
     <w:rsid w:val="00756D96"/>
     <w:rsid w:val="00764137"/>
     <w:rsid w:val="007A68F5"/>
+    <w:rsid w:val="00800457"/>
     <w:rsid w:val="0085047C"/>
     <w:rsid w:val="008646BD"/>
     <w:rsid w:val="008904B4"/>
     <w:rsid w:val="008A1F09"/>
+    <w:rsid w:val="008D1686"/>
     <w:rsid w:val="008E5243"/>
     <w:rsid w:val="00910DD1"/>
+    <w:rsid w:val="009A4423"/>
+    <w:rsid w:val="00A366B4"/>
     <w:rsid w:val="00A401FE"/>
     <w:rsid w:val="00A716CA"/>
+    <w:rsid w:val="00A871B4"/>
     <w:rsid w:val="00A96525"/>
     <w:rsid w:val="00AB579D"/>
     <w:rsid w:val="00AC0C22"/>
     <w:rsid w:val="00AC1D65"/>
+    <w:rsid w:val="00AC5312"/>
     <w:rsid w:val="00AD1992"/>
     <w:rsid w:val="00AD4179"/>
+    <w:rsid w:val="00B162CC"/>
     <w:rsid w:val="00B762C1"/>
     <w:rsid w:val="00BE31E8"/>
     <w:rsid w:val="00BE38B2"/>
     <w:rsid w:val="00BE4F7F"/>
     <w:rsid w:val="00BF164E"/>
     <w:rsid w:val="00BF3680"/>
     <w:rsid w:val="00C03BE8"/>
     <w:rsid w:val="00C349BA"/>
+    <w:rsid w:val="00CD06B5"/>
     <w:rsid w:val="00CF003C"/>
+    <w:rsid w:val="00D3245D"/>
     <w:rsid w:val="00D80714"/>
+    <w:rsid w:val="00DD166A"/>
+    <w:rsid w:val="00E02E1C"/>
     <w:rsid w:val="00E1528D"/>
     <w:rsid w:val="00E20AA3"/>
     <w:rsid w:val="00E264D5"/>
     <w:rsid w:val="00E50DDE"/>
     <w:rsid w:val="00E50F2F"/>
     <w:rsid w:val="00E66CBB"/>
     <w:rsid w:val="00E916BE"/>
     <w:rsid w:val="00EB1B78"/>
     <w:rsid w:val="00ED2135"/>
     <w:rsid w:val="00F21314"/>
     <w:rsid w:val="00F4585C"/>
+    <w:rsid w:val="00F54534"/>
     <w:rsid w:val="00F96745"/>
     <w:rsid w:val="00FA3EE7"/>
     <w:rsid w:val="00FB697E"/>
     <w:rsid w:val="00FC38CA"/>
     <w:rsid w:val="00FF5C83"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -13081,51 +14203,51 @@
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="top"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.viaa.gov.lv/lv/personas-datu-apstrade-valsts-izglitibas-attistibas-agentura" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra.mieze@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aija.are@kekava.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lbankiere@edu.riga.lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra.mieze@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.viaa.gov.lv/lv/personas-datu-apstrade-valsts-izglitibas-attistibas-agentura" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra.mieze@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lv.wikipedia.org/wiki/Autorties&#299;bas" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aija.are@kekava.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lbankiere@edu.riga.lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra.mieze@viaa.gov.lv" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13399,70 +14521,80 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75EA69E0-0834-498F-BB02-E5C1E0C17AF1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>3557</Characters>
+  <Pages>6</Pages>
+  <Words>6788</Words>
+  <Characters>3870</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Headings</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="5" baseType="lpstr">
       <vt:lpstr/>
+      <vt:lpstr>MĒRĶIS</vt:lpstr>
+      <vt:lpstr>Bērnu un jauniešu kultūras izpratnes un pašizpausmes mākslā lietpratības veici</vt:lpstr>
+      <vt:lpstr/>
+      <vt:lpstr>UZDEVUMI</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9778</CharactersWithSpaces>
+  <CharactersWithSpaces>10637</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sandra Mieze</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>