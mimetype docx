--- v0 (2025-11-04)
+++ v1 (2025-11-26)
@@ -5,51 +5,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="501D4403" w14:textId="21DBC90E" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+    <w:p w14:paraId="5D7F932C" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:ind w:left="2160"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                          </w:t>
       </w:r>
       <w:r w:rsidRPr="00F915EB">
         <w:rPr>
@@ -60,6205 +60,6269 @@
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>Aprīlis</w:t>
       </w:r>
       <w:r w:rsidRPr="00F915EB">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F915EB">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04170">
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299D780D" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="007F6C96">
+    <w:p w14:paraId="023DEEEE" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="007F6C96">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:ind w:left="2160"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B6531A9" w14:textId="0DC715D6" w:rsidR="00B86689" w:rsidRPr="007F6C96" w:rsidRDefault="00A77C96" w:rsidP="007F6C96">
+    <w:p w14:paraId="1D03E22D" w14:textId="77777777" w:rsidR="00B86689" w:rsidRPr="007F6C96" w:rsidRDefault="00A77C96" w:rsidP="007F6C96">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:ind w:left="2160"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:caps w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00347252">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4383" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="107" w:type="dxa"/>
           <w:right w:w="107" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2747"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2970"/>
+        <w:gridCol w:w="2789"/>
+        <w:gridCol w:w="2671"/>
+        <w:gridCol w:w="2523"/>
+        <w:gridCol w:w="2958"/>
+        <w:gridCol w:w="3014"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="6A87E90C" w14:textId="4C4ECE6E" w:rsidTr="00B45946">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="455E9E63" w14:textId="77777777" w:rsidTr="00B45946">
         <w:trPr>
           <w:trHeight w:val="404"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="642EE0D5" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="3908974A" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pirmdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75742D4F" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="19A0D28B" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Otrdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04FB190D" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="49B9DE1C" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Trešdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1060" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FFCCA2F" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="7A8ABA2D" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ceturtdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FE54B56" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="371540AB" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Piektdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="15D0C929" w14:textId="19AC260B" w:rsidTr="00B45946">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="2024D86E" w14:textId="77777777" w:rsidTr="00B45946">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="7B046425" w14:textId="213D0787" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00326AFC">
+          <w:p w14:paraId="59EF13A1" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00326AFC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13. aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="7282EA22" w14:textId="3D567985" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="009621D3">
+          <w:p w14:paraId="43D0F542" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="009621D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14. aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="235CFC96" w14:textId="3980B4FD" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="009621D3">
+          <w:p w14:paraId="425DC2C9" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="009621D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15. aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1060" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="4152BF10" w14:textId="19AC274D" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="009621D3">
+          <w:p w14:paraId="220682BF" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="009621D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16. aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="1E78A7F9" w14:textId="7C6C8332" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="009621D3">
+          <w:p w14:paraId="6ED2982D" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="009621D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17. aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="6E915380" w14:textId="2D1EC379" w:rsidTr="00B45946">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="02933E36" w14:textId="77777777" w:rsidTr="00B45946">
         <w:trPr>
           <w:trHeight w:val="1186"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34006B88" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="408FC4F5" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r w:rsidR="00F90D13" w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">klase </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05C1EB3C" w14:textId="43D09567" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="6683D267" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Tekstpratība</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Tekstpratība </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B6A1F41" w14:textId="64728EF1" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="6A2BACBB" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5472666F" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="288E70AE" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:pStyle w:val="Closing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
             <w:r w:rsidR="00B45946" w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">klase </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="335BBC1E" w14:textId="05958740" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="7B858884" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:pStyle w:val="Closing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Tekstpratība</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Tekstpratība </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1060" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4D3275" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="4CD330D4" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r w:rsidR="00F90D13" w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">klase </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="614CA543" w14:textId="7C56E99D" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="5D051F0A" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Dabaszinātnes </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="546CD76D" w14:textId="57B2742C" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="28849D4C" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="0B242239" w14:textId="77777777" w:rsidTr="00B45946">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="68404EFA" w14:textId="77777777" w:rsidTr="00B45946">
         <w:trPr>
           <w:trHeight w:val="297"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A15C3A7" w14:textId="2553A3CF" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="65C649AC" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20. aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFFA84C" w14:textId="14C00E19" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="03054433" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21. aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE84227" w14:textId="26E99D04" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="7C16148B" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22. aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1060" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="723EA423" w14:textId="6B396450" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="761F054B" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23. aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="682BC7FA" w14:textId="13CA444E" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="1F1AF546" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24. aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B45946" w:rsidRPr="0096554E" w14:paraId="63348CA7" w14:textId="77777777" w:rsidTr="009F162B">
+      <w:tr w:rsidR="00B45946" w:rsidRPr="0096554E" w14:paraId="347800FC" w14:textId="77777777" w:rsidTr="009F162B">
         <w:trPr>
           <w:trHeight w:val="684"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C85BCD6" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
+          <w:p w14:paraId="0622B0C7" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6. klase </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="356366F5" w14:textId="0F2A1574" w:rsidR="00B45946" w:rsidRPr="00F64DDA" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
+          <w:p w14:paraId="7BE4819B" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00F64DDA" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Dabaszinātnes </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4959E9DA" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
+          <w:p w14:paraId="084D03CF" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. klase </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B21D258" w14:textId="11AA3257" w:rsidR="00B45946" w:rsidRPr="00F64DDA" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
+          <w:p w14:paraId="0D97D047" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00F64DDA" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vienota skola </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="417183DE" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00F64DDA" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
+          <w:p w14:paraId="141DF07D" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00F64DDA" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ADCC4B3" w14:textId="45274DBE" w:rsidR="00B45946" w:rsidRPr="00710D31" w:rsidRDefault="00F64DDA" w:rsidP="00710D31">
+          <w:p w14:paraId="5B9FA3D4" w14:textId="77777777" w:rsidR="00D04170" w:rsidRDefault="00F64DDA" w:rsidP="00710D31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00B45946" w:rsidRPr="00B45946">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">vešvaloda (angļu, vācu, franču) </w:t>
             </w:r>
-            <w:r w:rsidR="00710D31">
-[...17 lines deleted...]
-            <w:r w:rsidR="00B45946" w:rsidRPr="00B45946">
+            <w:r w:rsidR="00D04170">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">| 9. kl. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="165CF39B" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00710D31" w:rsidRDefault="00B45946" w:rsidP="00710D31">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45946">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D04170">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45946">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="00B45946" w:rsidRPr="00F64DDA">
+            <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1060" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4272D3D4" w14:textId="363A017A" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00F64DDA" w:rsidP="00710D31">
+          <w:p w14:paraId="06FA30E4" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00F64DDA" w:rsidP="00710D31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00B45946" w:rsidRPr="00B45946">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">vešvaloda (angļu) </w:t>
             </w:r>
             <w:r w:rsidR="00710D31">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">| </w:t>
+            </w:r>
+            <w:r w:rsidR="00D04170">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9.kl. </w:t>
             </w:r>
             <w:r w:rsidR="00B45946" w:rsidRPr="00B45946">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">m. </w:t>
             </w:r>
             <w:r w:rsidR="00B45946" w:rsidRPr="00B45946">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25B4A3B8" w14:textId="77777777" w:rsidR="00710D31" w:rsidRDefault="00F64DDA" w:rsidP="00710D31">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="47325B6B" w14:textId="77777777" w:rsidR="00D04170" w:rsidRDefault="00F64DDA" w:rsidP="00710D31">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="00B45946" w:rsidRPr="00B45946">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>S</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B45946" w:rsidRPr="00B45946">
+              <w:t xml:space="preserve">vešvaloda (angļu) </w:t>
+            </w:r>
+            <w:r w:rsidR="00710D31">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">| </w:t>
+            </w:r>
+            <w:r w:rsidR="00D04170">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9.kl. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71E9E15F" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00710D31" w:rsidRDefault="00B45946" w:rsidP="00D04170">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">vešvaloda (angļu) </w:t>
-[...9 lines deleted...]
-            <w:r w:rsidR="00B45946" w:rsidRPr="00B45946">
+            </w:pPr>
+            <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">m. </w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="00D04170">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B45946" w:rsidRPr="0096554E" w14:paraId="6C7064D0" w14:textId="77777777" w:rsidTr="009F162B">
+      <w:tr w:rsidR="00B45946" w:rsidRPr="0096554E" w14:paraId="7FF78A93" w14:textId="77777777" w:rsidTr="009F162B">
         <w:trPr>
           <w:trHeight w:val="684"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05073DAE" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00F915EB" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
+          <w:p w14:paraId="7ACA869B" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00F915EB" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01D5E654" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00F915EB" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
+          <w:p w14:paraId="469AD7F4" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00F915EB" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05F1CBC6" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00F915EB" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
+          <w:p w14:paraId="3D5B77FE" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00F915EB" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="70AD47"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1060" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2823160C" w14:textId="594FDDE5" w:rsidR="00B45946" w:rsidRPr="00F64DDA" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
+          <w:p w14:paraId="791728A2" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00F64DDA" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="70AD47"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. klase </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">3. klase Rēķinātpratība </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="651186E1" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00F915EB" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
+          <w:p w14:paraId="087EB522" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00F915EB" w:rsidRDefault="00B45946" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="70AD47"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="4D03FCD2" w14:textId="77777777" w:rsidTr="00B45946">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="7B218450" w14:textId="77777777" w:rsidTr="00B45946">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C0DFF8B" w14:textId="30F1E27A" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="568C3691" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27. aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40116484" w14:textId="4A8A1FD6" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="5C163A9B" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>28. aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="764A00E1" w14:textId="2FF43374" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="5BD335A8" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>29. aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1060" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1010AB48" w14:textId="4666B365" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="50BE56B5" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30. aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A87A03A" w14:textId="5D42C868" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="31112E14" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="6F8D79E4" w14:textId="77777777" w:rsidTr="00B45946">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="10A4FC24" w14:textId="77777777" w:rsidTr="00B45946">
         <w:trPr>
           <w:trHeight w:val="1321"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75446F02" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="4FDDE31A" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
             <w:r w:rsidR="00B45946" w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">klase </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A63FFE1" w14:textId="2757FAFC" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w14:paraId="0E5E47F9" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Rēķinātpratība</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Rēķinātpratība </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="195C4CB5" w14:textId="0EB71F1C" w:rsidR="00F915EB" w:rsidRPr="00710D31" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="51FBC1AB" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00710D31" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710D31">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diagnosticējošais darbs </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> 9.</w:t>
+              <w:t>Diagnosticējošais darbs dabaszinībās 9.</w:t>
             </w:r>
             <w:r w:rsidR="00594B37" w:rsidRPr="00710D31">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00710D31">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>klasei</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5149073A" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="4241AF63" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r w:rsidR="00B45946" w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">klase </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04F779CC" w14:textId="5D639B48" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="6CF242E0" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vienota skola </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1060" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09128A80" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="24FC8A61" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
             <w:r w:rsidR="00B45946" w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">klase </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="250849DF" w14:textId="79A70F63" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F64DDA">
+          <w:p w14:paraId="07558096" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F64DDA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vienota skola </w:t>
             </w:r>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A06C3C8" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+          <w:p w14:paraId="7632A9B2" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="69C49955" w14:textId="77777777" w:rsidR="00E83D8D" w:rsidRDefault="00E83D8D"/>
-    <w:p w14:paraId="25D42B70" w14:textId="77777777" w:rsidR="00594B37" w:rsidRDefault="00594B37"/>
+    <w:p w14:paraId="2469A8E7" w14:textId="77777777" w:rsidR="00E83D8D" w:rsidRDefault="00E83D8D"/>
+    <w:p w14:paraId="048165C3" w14:textId="77777777" w:rsidR="00594B37" w:rsidRDefault="00594B37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4231" w:type="pct"/>
         <w:tblInd w:w="851" w:type="dxa"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6095"/>
-        <w:gridCol w:w="7195"/>
+        <w:gridCol w:w="6179"/>
+        <w:gridCol w:w="7294"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F162B" w:rsidRPr="00424849" w14:paraId="2001321F" w14:textId="77777777" w:rsidTr="00BE1606">
+      <w:tr w:rsidR="009F162B" w:rsidRPr="00424849" w14:paraId="12DBD7C9" w14:textId="77777777" w:rsidTr="00BE1606">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2293" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="28B95091" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+          <w:p w14:paraId="73299406" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">  – vidusskola </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">  – vidusskola pamattermiņš</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>pamattermiņš</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:tab/>
+            </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00B45946">
-[...6 lines deleted...]
-          <w:p w14:paraId="68549108" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+          </w:p>
+          <w:p w14:paraId="1D208E23" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:highlight w:val="cyan"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
-              <w:t>CE (</w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>CE (ppt</w:t>
+            </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
                 <w:highlight w:val="cyan"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">– vidusskola </w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="0F4CCF41" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+              <w:t>– vidusskola papildtermiņš</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04F9942F" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
               <w:t>V/O/A</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> – vispārīgais/ optimālais/ augstākais līmenis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10B7A0F2" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+          <w:p w14:paraId="75B67CC7" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
               <w:t>r/m</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> – rakstu/mutvārdu daļa </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FA61D75" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+          <w:p w14:paraId="74DDD6DA" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2707" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="52C4FE86" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+          <w:p w14:paraId="7D884D12" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>CE/MD</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> –  9. klase </w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="6A653F9B" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+              <w:t xml:space="preserve"> –  9. klase pamattermiņš    </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7101B0AF" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:highlight w:val="cyan"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
               </w:rPr>
-              <w:t>CE/MD (</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009F162B">
+              <w:t>CE/MD (ppt)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:i/>
-[...32 lines deleted...]
-          <w:p w14:paraId="494610D9" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+              </w:rPr>
+              <w:t xml:space="preserve">  – 9. klase papildtermiņš</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68E4213C" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> – no 2. līdz 8. klasei</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A144A9A" w14:textId="77777777" w:rsidR="00594B37" w:rsidRDefault="00594B37"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3F1D69A1" w14:textId="666A222C" w:rsidR="00F915EB" w:rsidRDefault="00F915EB">
+    <w:p w14:paraId="16F1FD75" w14:textId="77777777" w:rsidR="00594B37" w:rsidRDefault="00594B37"/>
+    <w:p w14:paraId="5C953743" w14:textId="77777777" w:rsidR="00594B37" w:rsidRDefault="00594B37"/>
+    <w:p w14:paraId="6375E34C" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRDefault="00F915EB">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55B06F68" w14:textId="0EC2BA44" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+    <w:p w14:paraId="3C9DD245" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:caps/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                                                                                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>Maijs</w:t>
       </w:r>
       <w:r w:rsidRPr="00F915EB">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:caps/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F915EB">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:caps/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04170">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:caps/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C60434" w14:textId="77777777" w:rsidR="00E83D8D" w:rsidRDefault="00E83D8D"/>
+    <w:p w14:paraId="0D987DFB" w14:textId="77777777" w:rsidR="00E83D8D" w:rsidRDefault="00E83D8D"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4383" w:type="pct"/>
+        <w:tblW w:w="4423" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="107" w:type="dxa"/>
           <w:right w:w="107" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2746"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2973"/>
+        <w:gridCol w:w="2788"/>
+        <w:gridCol w:w="2859"/>
+        <w:gridCol w:w="2462"/>
+        <w:gridCol w:w="2957"/>
+        <w:gridCol w:w="3017"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="70E5EA3E" w14:textId="77777777" w:rsidTr="00F915EB">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="42B798FF" w14:textId="77777777" w:rsidTr="008C71D3">
         <w:trPr>
           <w:trHeight w:val="476"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="999" w:type="pct"/>
+            <w:tcW w:w="990" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="741E71CF" w14:textId="722ACC81" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="2E25C2A7" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pirmdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="pct"/>
+            <w:tcW w:w="1015" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F0101B1" w14:textId="6EF4740F" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="79A94A8B" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Otrdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="pct"/>
+            <w:tcW w:w="874" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74AAC7ED" w14:textId="331565C0" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="6E9DBA71" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Trešdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="pct"/>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56C4CD20" w14:textId="56ED4BCB" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="34067C4F" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ceturtdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1081" w:type="pct"/>
+            <w:tcW w:w="1071" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56FE328B" w14:textId="68818ACD" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="77DBB4E4" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Piektdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="62E56C87" w14:textId="77777777" w:rsidTr="00F915EB">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="74E65491" w14:textId="77777777" w:rsidTr="008C71D3">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="999" w:type="pct"/>
+            <w:tcW w:w="990" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="60A24C18" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="18754661" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="pct"/>
+            <w:tcW w:w="1015" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="4D4E2C14" w14:textId="684564A2" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="6619C59C" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="pct"/>
+            <w:tcW w:w="874" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="4AFDE2AB" w14:textId="31122C32" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="05BEF1BA" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="pct"/>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="08ED8713" w14:textId="3B9503CC" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="094C304F" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1081" w:type="pct"/>
+            <w:tcW w:w="1071" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="1B63AC49" w14:textId="70CDDB73" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="4AE601F8" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w14:paraId="516F4F25" w14:textId="77777777" w:rsidTr="00816749">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w14:paraId="2E8BB09B" w14:textId="77777777" w:rsidTr="008C71D3">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="999" w:type="pct"/>
+            <w:tcW w:w="990" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17C2C90A" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
-[...12 lines deleted...]
-            <w:tcW w:w="978" w:type="pct"/>
+          <w:p w14:paraId="434737D6" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1015" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26A73E41" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
-[...12 lines deleted...]
-            <w:tcW w:w="882" w:type="pct"/>
+          <w:p w14:paraId="1E35DBA5" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="790C113C" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
-[...12 lines deleted...]
-            <w:tcW w:w="1060" w:type="pct"/>
+          <w:p w14:paraId="133806AF" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF88216" w14:textId="5CCD9990" w:rsidR="00F64DDA" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="676534D3" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00D04170" w:rsidP="00F915EB">
             <w:pPr>
               <w:pStyle w:val="Closing"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009F162B">
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>svešvaloda (angļu, vācu, franču)</w:t>
+              <w:t>vešvaloda (angļu, vācu, franču)</w:t>
             </w:r>
             <w:r w:rsidR="00816749" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00816749" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>|</w:t>
             </w:r>
-            <w:r w:rsidRPr="009F162B">
-[...43 lines deleted...]
-          <w:p w14:paraId="5EFE31E4" w14:textId="6A8ECE32" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F64DDA">
+          </w:p>
+          <w:p w14:paraId="30A866E8" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00B46816">
             <w:pPr>
               <w:pStyle w:val="Closing"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D04170">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F162B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F162B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F162B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F162B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
-              <w:t xml:space="preserve">MD </w:t>
-[...20 lines deleted...]
-            <w:tcW w:w="1081" w:type="pct"/>
+              <w:t>MD ppt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58CCE4D9" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="4780AD78" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w14:paraId="26F7F4AD" w14:textId="77777777" w:rsidTr="00F915EB">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w14:paraId="3A360591" w14:textId="77777777" w:rsidTr="008C71D3">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="999" w:type="pct"/>
+            <w:tcW w:w="990" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="56C547CB" w14:textId="6ECABFC6" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="4003063F" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="pct"/>
+            <w:tcW w:w="1015" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="696018C0" w14:textId="732BF19C" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="4F1373DB" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="pct"/>
+            <w:tcW w:w="874" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="26A26E12" w14:textId="77E0D00D" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="385071A6" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="pct"/>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="406566BB" w14:textId="069A6F99" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="0124C606" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1081" w:type="pct"/>
+            <w:tcW w:w="1071" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="0D22E4A3" w14:textId="6DB7F135" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="7ACD8A0D" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64DDA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w14:paraId="0A846EB5" w14:textId="7A15AE58" w:rsidTr="00F64DDA">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w14:paraId="4A24E714" w14:textId="77777777" w:rsidTr="008C71D3">
         <w:trPr>
           <w:trHeight w:val="1028"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="999" w:type="pct"/>
+            <w:tcW w:w="990" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
           </w:tcPr>
-          <w:p w14:paraId="3ED582E1" w14:textId="77777777" w:rsidR="00816749" w:rsidRDefault="00F64DDA" w:rsidP="00F90D13">
+          <w:p w14:paraId="45805FD2" w14:textId="77777777" w:rsidR="00D04170" w:rsidRDefault="00F64DDA" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociālās zinātnes </w:t>
             </w:r>
             <w:r w:rsidR="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>|</w:t>
+            </w:r>
+            <w:r w:rsidR="00D04170">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68E8D474" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00816749" w:rsidP="00D04170">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F915EB" w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00F64DDA" w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="000709CF" w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000709CF" w:rsidRPr="00816749">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1015" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="472B45D3" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
+          </w:tcPr>
+          <w:p w14:paraId="622287C4" w14:textId="77777777" w:rsidR="00D04170" w:rsidRDefault="00F915EB" w:rsidP="00F90D13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="00F64DDA" w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ēsture</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">| </w:t>
             </w:r>
-            <w:r w:rsidR="00F915EB" w:rsidRPr="00816749">
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00D04170">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61BF5B6B" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00D04170">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>r.</w:t>
             </w:r>
             <w:r w:rsidR="000709CF" w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00816749">
+            <w:r w:rsidR="000709CF" w:rsidRPr="00816749">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="pct"/>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD597B9" w14:textId="6C30FA8D" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
-[...109 lines deleted...]
-          <w:p w14:paraId="03E75C36" w14:textId="2C71DAD3" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="05230352" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="70AD47"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1081" w:type="pct"/>
+            <w:tcW w:w="1071" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC931B2" w14:textId="4CFA35D1" w:rsidR="00F915EB" w:rsidRPr="000709CF" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="2B432666" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="000709CF" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="00F64DDA" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>izains un tehnoloģijas</w:t>
             </w:r>
             <w:r w:rsidR="00816749" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> |</w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> r.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D04170">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F162B">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r.</w:t>
             </w:r>
             <w:r w:rsidR="000709CF" w:rsidRPr="000709CF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000709CF" w:rsidRPr="000709CF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w14:paraId="5952C1AC" w14:textId="0471E053" w:rsidTr="00F915EB">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w14:paraId="14834A61" w14:textId="77777777" w:rsidTr="008C71D3">
         <w:trPr>
           <w:trHeight w:val="85"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="999" w:type="pct"/>
+            <w:tcW w:w="990" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="1597BE98" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="04C1C3CF" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="pct"/>
+            <w:tcW w:w="1015" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="79778077" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="18819200" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="pct"/>
+            <w:tcW w:w="874" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="78885EB9" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="3DCACD83" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="pct"/>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="22A6C509" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="283AE751" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1081" w:type="pct"/>
+            <w:tcW w:w="1071" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="72E1BE69" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="000709CF" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="76C8E843" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="000709CF" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000709CF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816749" w:rsidRPr="00F64DDA" w14:paraId="7A36C8CD" w14:textId="5F529CDF" w:rsidTr="009F162B">
+      <w:tr w:rsidR="00B46816" w:rsidRPr="00F64DDA" w14:paraId="7C04D434" w14:textId="77777777" w:rsidTr="008C71D3">
         <w:trPr>
           <w:trHeight w:val="703"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="999" w:type="pct"/>
+            <w:tcW w:w="990" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
           </w:tcPr>
-          <w:p w14:paraId="19DAE761" w14:textId="63B2E23A" w:rsidR="00816749" w:rsidRPr="00816749" w:rsidRDefault="00816749" w:rsidP="00816749">
-[...7 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w14:paraId="0BC91E6B" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00B46816" w:rsidP="00816749">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Dabaszinības</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Dabaszinības </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>| V</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DA0A4AC" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00816749" w:rsidRDefault="00B46816" w:rsidP="00D04170">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56DA1DFE" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00816749" w:rsidRDefault="00B46816" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ķīmija</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> | </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A/O/r. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08BD8C5E" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00816749" w:rsidRDefault="00B46816" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1015" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ABEA59F" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00816749" w:rsidRDefault="00B46816" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EE4BCCC" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00B46816" w:rsidP="00816749">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Latviešu valoda</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> |</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">| </w:t>
-            </w:r>
+              <w:t>9.kl.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="182BB780" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00816749" w:rsidRDefault="00B46816" w:rsidP="00D04170">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">V/r </w:t>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:t>r.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="pct"/>
+            <w:tcW w:w="874" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="602B77B9" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00816749" w:rsidRDefault="00B46816" w:rsidP="00816749">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Latviešu valoda </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">| 9.kl </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">m. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3A3085EF" w14:textId="77777777" w:rsidR="00816749" w:rsidRPr="00816749" w:rsidRDefault="00816749" w:rsidP="00F915EB">
-[...8 lines deleted...]
-          <w:p w14:paraId="07492A50" w14:textId="42CAB110" w:rsidR="00816749" w:rsidRDefault="00816749" w:rsidP="00816749">
+          <w:p w14:paraId="7E9CE652" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00816749" w:rsidRDefault="00B46816" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="643CCA21" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00B46816" w:rsidP="00816749">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Latviešu valoda</w:t>
+              <w:t xml:space="preserve">Latviešu valoda </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>|</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>|</w:t>
-            </w:r>
+              <w:t xml:space="preserve">9.kl. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B233506" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00816749" w:rsidRDefault="00B46816" w:rsidP="00D04170">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">m. </w:t>
+            </w:r>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
-                <w:sz w:val="24"/>
-[...24 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="pct"/>
-[...136 lines deleted...]
-            <w:tcW w:w="1081" w:type="pct"/>
+            <w:tcW w:w="1071" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="248A30AA" w14:textId="77777777" w:rsidR="00816749" w:rsidRDefault="00816749" w:rsidP="00816749">
+          <w:p w14:paraId="60B5E345" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00B46816" w:rsidP="00816749">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000709CF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Latviešu valoda </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>|</w:t>
             </w:r>
             <w:r w:rsidRPr="000709CF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> m </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3C8CA22F" w14:textId="6C4B6C64" w:rsidR="00816749" w:rsidRPr="00816749" w:rsidRDefault="00816749" w:rsidP="00816749">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9.kl. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CDCC1D5" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00816749" w:rsidRDefault="00B46816" w:rsidP="00D04170">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000709CF">
               <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000709CF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000709CF">
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816749" w:rsidRPr="00F64DDA" w14:paraId="646B144B" w14:textId="77777777" w:rsidTr="009F162B">
+      <w:tr w:rsidR="00B46816" w:rsidRPr="00F64DDA" w14:paraId="1018F64A" w14:textId="77777777" w:rsidTr="007C6CE3">
         <w:trPr>
           <w:trHeight w:val="543"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="999" w:type="pct"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="990" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
           </w:tcPr>
-          <w:p w14:paraId="434DD2E9" w14:textId="6DAC15EB" w:rsidR="00816749" w:rsidRPr="00816749" w:rsidRDefault="00816749" w:rsidP="00F915EB">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="604DC833" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00816749" w:rsidRDefault="00B46816" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1015" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2306295E" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00816749" w:rsidRDefault="00B46816" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="70AD47"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6DB0A6" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00816749" w:rsidRDefault="00B46816" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="70AD47"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ķīmija</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">| </w:t>
+              <w:t xml:space="preserve">Fizika A/O r. </w:t>
             </w:r>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
-                <w:sz w:val="24"/>
-[...16 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="pct"/>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="62136A03" w14:textId="77777777" w:rsidR="00816749" w:rsidRPr="00816749" w:rsidRDefault="00816749" w:rsidP="00F915EB">
+          <w:p w14:paraId="111E9E4F" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00816749" w:rsidRDefault="00B46816" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="70AD47"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="pct"/>
-[...59 lines deleted...]
-            <w:tcW w:w="1081" w:type="pct"/>
+            <w:tcW w:w="1071" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00816749">
+            <w:shd w:val="clear" w:color="auto" w:fill="B8AFC9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EABF38C" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00535A97" w:rsidRDefault="00B46816" w:rsidP="00535A97">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00535A97">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bioloģija</w:t>
             </w:r>
-            <w:r w:rsidRPr="00816749">
-[...22 lines deleted...]
-          <w:p w14:paraId="33FF4E49" w14:textId="6479B8CE" w:rsidR="00816749" w:rsidRPr="00816749" w:rsidRDefault="00816749" w:rsidP="00816749">
+            <w:r w:rsidRPr="00535A97">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> |</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00535A97">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A/O </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05AB1A34" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="00535A97" w:rsidRDefault="00B46816" w:rsidP="00D04170">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="70AD47"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816749">
+            <w:r w:rsidRPr="00535A97">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">r. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00535A97">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w14:paraId="41D09039" w14:textId="169D5903" w:rsidTr="00F915EB">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="00F64DDA" w14:paraId="45CC2DA1" w14:textId="77777777" w:rsidTr="008C71D3">
         <w:trPr>
           <w:trHeight w:val="85"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="999" w:type="pct"/>
+            <w:tcW w:w="990" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="22C2579C" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="28AD2D9B" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="pct"/>
+            <w:tcW w:w="1015" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="14A7CE52" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="16BB5A0B" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="pct"/>
+            <w:tcW w:w="874" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="04A2E0AE" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="2C7A1D75" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="pct"/>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="77923239" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="63C8D397" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00816749" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>28. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1081" w:type="pct"/>
+            <w:tcW w:w="1071" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="3E9DABB2" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="000709CF" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="2A6A29A3" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="000709CF" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000709CF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>29. maijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w14:paraId="6018F601" w14:textId="354EC10A" w:rsidTr="000709CF">
+      <w:tr w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w14:paraId="76EA5A85" w14:textId="77777777" w:rsidTr="008C71D3">
         <w:trPr>
           <w:trHeight w:val="558"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="999" w:type="pct"/>
+            <w:tcW w:w="990" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
           </w:tcPr>
-          <w:p w14:paraId="1C12B3B0" w14:textId="772F842C" w:rsidR="00F64DDA" w:rsidRPr="00816749" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
+          <w:p w14:paraId="44FF440B" w14:textId="77777777" w:rsidR="00D04170" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Angļu val. </w:t>
             </w:r>
             <w:r w:rsidR="00816749" w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">| </w:t>
             </w:r>
+            <w:r w:rsidR="00D04170">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>O.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FE22993" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00816749" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>O./r., m.</w:t>
+              <w:t>r., m.</w:t>
             </w:r>
             <w:r w:rsidR="00710D31" w:rsidRPr="00816749">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> CE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72619C21" w14:textId="77777777" w:rsidR="00D04170" w:rsidRDefault="00F64DDA" w:rsidP="00F90D13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angļu val.</w:t>
+            </w:r>
+            <w:r w:rsidR="00816749" w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">| </w:t>
+            </w:r>
+            <w:r w:rsidR="00D04170">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25AF92E1" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00816749" w:rsidRDefault="00F64DDA" w:rsidP="00F90D13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r.</w:t>
+            </w:r>
             <w:r w:rsidR="00710D31" w:rsidRPr="00816749">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>CE</w:t>
-[...60 lines deleted...]
-            <w:tcW w:w="978" w:type="pct"/>
+              <w:t xml:space="preserve"> CE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1015" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
           </w:tcPr>
-          <w:p w14:paraId="6BA1FA27" w14:textId="74EE7FD2" w:rsidR="00F64DDA" w:rsidRPr="00710D31" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
+          <w:p w14:paraId="048878DC" w14:textId="3FA1A13E" w:rsidR="00F64DDA" w:rsidRPr="00710D31" w:rsidRDefault="00F64DDA" w:rsidP="008C71D3">
             <w:pPr>
               <w:pStyle w:val="Closing"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710D31">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="000709CF" w:rsidRPr="00710D31">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ngļu val</w:t>
             </w:r>
             <w:r w:rsidRPr="00710D31">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00816749" w:rsidRPr="00710D31">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> |</w:t>
             </w:r>
+            <w:r w:rsidR="00B46816">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> O</w:t>
+            </w:r>
+            <w:r w:rsidR="008C71D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
             <w:r w:rsidRPr="00710D31">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> O/m. </w:t>
+              <w:t xml:space="preserve">m. </w:t>
             </w:r>
             <w:r w:rsidR="00710D31" w:rsidRPr="00710D31">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D37459B" w14:textId="6F3D4A35" w:rsidR="00F64DDA" w:rsidRPr="00710D31" w:rsidRDefault="00F64DDA" w:rsidP="00F64DDA">
+          <w:p w14:paraId="1B1B22FC" w14:textId="36B3AF00" w:rsidR="00F64DDA" w:rsidRPr="00710D31" w:rsidRDefault="00F64DDA" w:rsidP="008C71D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710D31">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="000709CF" w:rsidRPr="00710D31">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ranču val</w:t>
             </w:r>
             <w:r w:rsidRPr="00710D31">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00816749" w:rsidRPr="00710D31">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> |</w:t>
             </w:r>
-            <w:r w:rsidRPr="00710D31">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> O/A/ </w:t>
+            <w:r w:rsidR="00B46816">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> O/A/</w:t>
+            </w:r>
+            <w:r w:rsidR="008C71D3">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00710D31">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>r.,m</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00710D31">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00710D31">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00710D31" w:rsidRPr="00816749">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="pct"/>
+            <w:tcW w:w="874" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
           </w:tcPr>
-          <w:p w14:paraId="63212857" w14:textId="127E5831" w:rsidR="00F64DDA" w:rsidRPr="00816749" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
+          <w:p w14:paraId="7B19ED7F" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Angļu val.</w:t>
             </w:r>
             <w:r w:rsidR="00816749" w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>|</w:t>
             </w:r>
+            <w:r w:rsidR="00B46816">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> O</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CB90AB6" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00816749" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> O/m.</w:t>
+              <w:t>m.</w:t>
             </w:r>
             <w:r w:rsidR="00710D31">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00710D31" w:rsidRPr="00816749">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="609219E4" w14:textId="140A0F32" w:rsidR="00F64DDA" w:rsidRPr="00816749" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
+          <w:p w14:paraId="51DCBF68" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angļu val.</w:t>
+            </w:r>
+            <w:r w:rsidR="00816749" w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>|</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CA7EA13" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00816749" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>m.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:color w:val="70AD47"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00710D31" w:rsidRPr="00816749">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
+          </w:tcPr>
+          <w:p w14:paraId="70CBA6F4" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Angļu val.</w:t>
             </w:r>
             <w:r w:rsidR="00816749" w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>|</w:t>
             </w:r>
+            <w:r w:rsidR="00B46816">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FD0C67E" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00816749" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A/m.</w:t>
-            </w:r>
+              <w:t>m.</w:t>
+            </w:r>
+            <w:r w:rsidR="00710D31" w:rsidRPr="00816749">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="175BA053" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00F64DDA" w:rsidP="00F90D13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
-                <w:color w:val="70AD47"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vācu val.</w:t>
+            </w:r>
+            <w:r w:rsidR="00816749" w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>|</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> O/</w:t>
+            </w:r>
+            <w:r w:rsidR="00B46816">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31224DBF" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00816749" w:rsidRDefault="00F64DDA" w:rsidP="00F90D13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816749">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r., m.</w:t>
+            </w:r>
+            <w:r w:rsidR="00710D31">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00710D31" w:rsidRPr="00816749">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="pct"/>
-[...119 lines deleted...]
-            <w:tcW w:w="1081" w:type="pct"/>
+            <w:tcW w:w="1071" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="365E70C5" w14:textId="253987F0" w:rsidR="00F64DDA" w:rsidRPr="000709CF" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
+          <w:p w14:paraId="0C0D57B4" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="000709CF" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000709CF">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pēdējā skolas diena</w:t>
             </w:r>
             <w:r w:rsidRPr="000709CF">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w14:paraId="2C103669" w14:textId="77777777" w:rsidTr="000709CF">
+      <w:tr w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w14:paraId="1F3E2AC2" w14:textId="77777777" w:rsidTr="008C71D3">
         <w:trPr>
           <w:trHeight w:val="558"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="999" w:type="pct"/>
+            <w:tcW w:w="990" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
           </w:tcPr>
-          <w:p w14:paraId="64386CA6" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
+          <w:p w14:paraId="179FA11F" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="pct"/>
+            <w:tcW w:w="1015" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="63AD1550" w14:textId="4CB83400" w:rsidR="00F64DDA" w:rsidRPr="00710D31" w:rsidRDefault="000709CF" w:rsidP="00F915EB">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F4DF07" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00710D31" w:rsidRDefault="000709CF" w:rsidP="00F915EB">
             <w:pPr>
               <w:pStyle w:val="Closing"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710D31">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00F64DDA" w:rsidRPr="00710D31">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>atemātika</w:t>
             </w:r>
             <w:r w:rsidRPr="00710D31">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00710D31">
+            <w:r w:rsidR="00D04170">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">| </w:t>
+            </w:r>
+            <w:r w:rsidR="00D04170" w:rsidRPr="00D4071C">
+              <w:rPr>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9.kl. r. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D4071C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="pct"/>
+            <w:tcW w:w="874" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
           </w:tcPr>
-          <w:p w14:paraId="02178551" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
+          <w:p w14:paraId="0A1CF54D" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="pct"/>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
           </w:tcPr>
-          <w:p w14:paraId="5B623370" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
+          <w:p w14:paraId="13FB31B7" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1081" w:type="pct"/>
+            <w:tcW w:w="1071" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="615C46AD" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
+          <w:p w14:paraId="26AEE970" w14:textId="77777777" w:rsidR="00F64DDA" w:rsidRPr="00F64DDA" w:rsidRDefault="00F64DDA" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54F2BC76" w14:textId="77777777" w:rsidR="00E83D8D" w:rsidRPr="00F64DDA" w:rsidRDefault="00E83D8D">
+    <w:p w14:paraId="2EFB0961" w14:textId="77777777" w:rsidR="00E83D8D" w:rsidRPr="00F64DDA" w:rsidRDefault="00E83D8D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4231" w:type="pct"/>
         <w:tblInd w:w="851" w:type="dxa"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6095"/>
-        <w:gridCol w:w="7195"/>
+        <w:gridCol w:w="6179"/>
+        <w:gridCol w:w="7294"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B45946" w:rsidRPr="00424849" w14:paraId="4CC03C95" w14:textId="77777777" w:rsidTr="00AD076F">
+      <w:tr w:rsidR="00B45946" w:rsidRPr="00424849" w14:paraId="2DE2F0A6" w14:textId="77777777" w:rsidTr="00AD076F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2293" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="181F3290" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
+          <w:p w14:paraId="6FA38ADA" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">  – vidusskola </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">  – vidusskola pamattermiņš</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>pamattermiņš</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:tab/>
+            </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00B45946">
-[...6 lines deleted...]
-          <w:p w14:paraId="7FE36A24" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
+          </w:p>
+          <w:p w14:paraId="7012CB5F" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:highlight w:val="cyan"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
-              <w:t>CE (</w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>CE (ppt</w:t>
+            </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
                 <w:highlight w:val="cyan"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">– vidusskola </w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="526BF13F" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
+              <w:t>– vidusskola papildtermiņš</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C10F739" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
               <w:t>V/O/A</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> – vispārīgais/ optimālais/ augstākais līmenis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1212D5A2" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
+          <w:p w14:paraId="51E8F4FC" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
               <w:t>r/m</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> – rakstu/mutvārdu daļa </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="779A4FDC" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
+          <w:p w14:paraId="710B58FC" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2707" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="75F6AAF9" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
+          <w:p w14:paraId="5B61BBE6" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>CE/MD</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> –  9. klase </w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="1309FCA2" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
+              <w:t xml:space="preserve"> –  9. klase pamattermiņš    </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F72463D" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:highlight w:val="cyan"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
               </w:rPr>
-              <w:t>CE/MD (</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009F162B">
+              <w:t>CE/MD (ppt)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:i/>
-[...32 lines deleted...]
-          <w:p w14:paraId="012D952B" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
+              </w:rPr>
+              <w:t xml:space="preserve">  – 9. klase papildtermiņš</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DFD6A46" w14:textId="77777777" w:rsidR="00B45946" w:rsidRPr="00B45946" w:rsidRDefault="00B45946" w:rsidP="00AD076F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> – no 2. līdz 8. klasei</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F34E689" w14:textId="77777777" w:rsidR="00E83D8D" w:rsidRDefault="00E83D8D"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0CB23656" w14:textId="2615DF8C" w:rsidR="00E83D8D" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+    <w:p w14:paraId="7636D576" w14:textId="77777777" w:rsidR="00E83D8D" w:rsidRDefault="00E83D8D"/>
+    <w:p w14:paraId="30A802CF" w14:textId="77777777" w:rsidR="00E83D8D" w:rsidRDefault="00E83D8D"/>
+    <w:p w14:paraId="38808B41" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRDefault="00F915EB"/>
+    <w:p w14:paraId="366AFE1A" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRDefault="00F915EB"/>
+    <w:p w14:paraId="41A2FBD8" w14:textId="77777777" w:rsidR="00E83D8D" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                                                                                      Jūnijs</w:t>
       </w:r>
       <w:r w:rsidRPr="00F915EB">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:caps/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F915EB">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:caps/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B46816">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:caps/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1695E515" w14:textId="77777777" w:rsidR="00E83D8D" w:rsidRDefault="00E83D8D"/>
+    <w:p w14:paraId="24A4637D" w14:textId="77777777" w:rsidR="00E83D8D" w:rsidRDefault="00E83D8D"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4515" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="107" w:type="dxa"/>
           <w:right w:w="107" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2745"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3116"/>
+        <w:gridCol w:w="2786"/>
+        <w:gridCol w:w="2527"/>
+        <w:gridCol w:w="2956"/>
+        <w:gridCol w:w="2944"/>
+        <w:gridCol w:w="3163"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="422D5652" w14:textId="77777777" w:rsidTr="00381429">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="6EBA0715" w14:textId="77777777" w:rsidTr="00381429">
         <w:trPr>
           <w:trHeight w:val="481"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9F0D8E" w14:textId="2B22CC70" w:rsidR="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="518979F7" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pirmdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD7B809" w14:textId="7109AC9E" w:rsidR="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="2218E47B" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Otrdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61BBF4A1" w14:textId="1B3011A0" w:rsidR="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="3001FDCE" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Trešdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02A4A9A5" w14:textId="1E20F414" w:rsidR="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="57728760" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ceturtdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="664790"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="020CDAAA" w14:textId="71406BA5" w:rsidR="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="5FC048E9" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F915EB">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Piektdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="4F57950A" w14:textId="0D3A2484" w:rsidTr="00381429">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="703F7EC2" w14:textId="77777777" w:rsidTr="00381429">
         <w:trPr>
           <w:trHeight w:val="85"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="38A2664C" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F90D13" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="71AE94CE" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F90D13" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90D13">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="493B3498" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F90D13" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="518F9D7E" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F90D13" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90D13">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. jūnijs </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="7F5D93E4" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F90D13" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="0D99D1F4" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F90D13" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90D13">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="43FF8884" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F90D13" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="611835AF" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F90D13" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90D13">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4. jūnijs </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="3D24FF01" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F90D13" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="78D075AE" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="00F90D13" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90D13">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="27C02AC4" w14:textId="7183565B" w:rsidTr="00381429">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="3D298BE2" w14:textId="77777777" w:rsidTr="00B46816">
         <w:trPr>
           <w:trHeight w:val="671"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E687940" w14:textId="66DE15F2" w:rsidR="00710D31" w:rsidRPr="009F162B" w:rsidRDefault="00710D31" w:rsidP="00F90D13">
+          <w:p w14:paraId="4EEEBDB4" w14:textId="77777777" w:rsidR="00710D31" w:rsidRPr="009F162B" w:rsidRDefault="00710D31" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Matemātika | V/O/A</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32F0E75E" w14:textId="5FFB152E" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00710D31" w:rsidP="00F90D13">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009F162B">
+          <w:p w14:paraId="37F08B84" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00B46816" w:rsidP="00F90D13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B46816">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00710D31" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="254B776A" w14:textId="1F5DF459" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="22251ABA" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05DA94A5" w14:textId="32F9F26C" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00710D31" w:rsidP="00F915EB">
+          <w:p w14:paraId="047F07E6" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00710D31" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Latviešu val. </w:t>
-            </w:r>
+              <w:t>Latviešu val. |</w:t>
+            </w:r>
+            <w:r w:rsidR="00B46816">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> O </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="185EAA1F" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRDefault="00B46816" w:rsidP="00F90D13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">r., </w:t>
+            </w:r>
+            <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00710D31" w:rsidRPr="009F162B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00710D31" w:rsidRPr="009F162B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02B11725" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00B46816" w:rsidP="00B46816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>|</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>Latviešu val. | A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ED19C8A" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="009F162B" w:rsidRDefault="00B46816" w:rsidP="00F90D13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">r. </w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13BD4B36" w14:textId="7056B8B0" w:rsidR="00710D31" w:rsidRPr="009F162B" w:rsidRDefault="00710D31" w:rsidP="00F915EB">
-[...4 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="2A6F3985" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00710D31" w:rsidP="00B46816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Latviešu val. </w:t>
-            </w:r>
+              <w:t>Latviešu val. | O</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07FE7691" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00B46816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">| </w:t>
-[...44 lines deleted...]
-            <w:pPr>
+              <w:t>m.</w:t>
+            </w:r>
+            <w:r w:rsidR="00710D31" w:rsidRPr="009F162B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48174495" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00B46816">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="639C9B60" w14:textId="530E8804" w:rsidR="00710D31" w:rsidRPr="009F162B" w:rsidRDefault="00710D31" w:rsidP="00F915EB">
+          <w:p w14:paraId="3FAEF2E7" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00710D31" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Latviešu val. </w:t>
-            </w:r>
+              <w:t>Latviešu val. | O</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35A95B8A" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00B46816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">| </w:t>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="009F162B">
+              <w:t>m.</w:t>
+            </w:r>
+            <w:r w:rsidR="00710D31" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="009F162B">
+            <w:r w:rsidR="00710D31" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="36EF5B0E" w14:textId="28C656C3" w:rsidTr="00381429">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="26374FE8" w14:textId="77777777" w:rsidTr="00381429">
         <w:trPr>
           <w:trHeight w:val="65"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12357726" w14:textId="56A5499D" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="7DE83344" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2828AD65" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="5003B38F" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B90C532" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="390C5888" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10. jūnijs</w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="70AD47"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE9F046" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="29AD1C3E" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11. jūnijs</w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="70AD47"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18B3707E" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="71215142" w14:textId="77777777" w:rsidR="00B46816" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="70E09EDF" w14:textId="4EEF0773" w:rsidTr="00381429">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="02214216" w14:textId="77777777" w:rsidTr="00381429">
         <w:trPr>
           <w:trHeight w:val="815"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4E167C" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00710D31" w:rsidP="00710D31">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="330145BB" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00710D31" w:rsidP="00710D31">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kultūra un māksla </w:t>
-            </w:r>
+              <w:t xml:space="preserve">Kultūra un māksla | </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52DCF797" w14:textId="77777777" w:rsidR="00710D31" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00B46816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
-              <w:t>|</w:t>
+              <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B46816">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
-[...25 lines deleted...]
-            <w:r w:rsidRPr="009F162B">
+            <w:r w:rsidR="00710D31" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A4E05E1" w14:textId="26F7F7C2" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="009F162B" w:rsidP="00F915EB">
+          <w:p w14:paraId="021341D6" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="009F162B" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6270,159 +6334,165 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> |</w:t>
             </w:r>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 9. kl</w:t>
             </w:r>
             <w:r w:rsidR="000C2277" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="629C8A4E" w14:textId="7CD0B0AA" w:rsidR="000C2277" w:rsidRPr="009F162B" w:rsidRDefault="000C2277" w:rsidP="00F915EB">
+          <w:p w14:paraId="37D16A63" w14:textId="77777777" w:rsidR="000C2277" w:rsidRPr="009F162B" w:rsidRDefault="00B46816" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="70AD47"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F162B">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
-              <w:t xml:space="preserve">CE </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009F162B">
+              <w:t xml:space="preserve">r., m. </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2277" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
-              <w:t>ppt</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>CE ppt</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01CDB615" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00710D31" w:rsidP="00F90D13">
+          <w:p w14:paraId="77EB21EB" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00710D31" w:rsidP="00F90D13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Programmēšana | </w:t>
             </w:r>
-            <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
-[...8 lines deleted...]
-          <w:p w14:paraId="0F5D6854" w14:textId="5C890863" w:rsidR="00710D31" w:rsidRPr="009F162B" w:rsidRDefault="00710D31" w:rsidP="00F90D13">
+          </w:p>
+          <w:p w14:paraId="12812FEE" w14:textId="77777777" w:rsidR="00710D31" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00B46816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B46816">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00710D31" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="315E552E" w14:textId="77777777" w:rsidR="000C2277" w:rsidRPr="009F162B" w:rsidRDefault="00710D31" w:rsidP="00710D31">
+          <w:p w14:paraId="0118852C" w14:textId="77777777" w:rsidR="000C2277" w:rsidRPr="009F162B" w:rsidRDefault="00710D31" w:rsidP="00710D31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6442,475 +6512,489 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>|</w:t>
             </w:r>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 9.kl.</w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="544B3871" w14:textId="4A9FD258" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="000C2277" w:rsidP="009F162B">
+          <w:p w14:paraId="24B995F1" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00B46816" w:rsidP="009F162B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F162B">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
+              <w:t xml:space="preserve">r. </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2277" w:rsidRPr="009F162B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
               <w:t xml:space="preserve">CE </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>ppt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="745C59C2" w14:textId="5BA4E1EB" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00B45946">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="7EBA17CA" w14:textId="77777777" w:rsidR="00B46816" w:rsidRDefault="00F915EB" w:rsidP="00B45946">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ģ</w:t>
             </w:r>
             <w:r w:rsidR="00710D31" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>eogrāfija |</w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> /r.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="442F9289" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00B45946">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F162B">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r.</w:t>
             </w:r>
             <w:r w:rsidR="00710D31" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> CE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EAA9344" w14:textId="5F7BDA0C" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="70157473" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="7030A0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="70AD47"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
             <w:r w:rsidR="00710D31" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>klasei pēdējā skolas diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="392D53D7" w14:textId="16F93FB8" w:rsidTr="00381429">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="7FA50886" w14:textId="77777777" w:rsidTr="00381429">
         <w:trPr>
           <w:trHeight w:val="55"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="743BC4EC" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="50F10575" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33FE91F0" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="496B2D93" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="483175EF" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="2FC0499A" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C86322F" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="7ED473AE" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="333FFF2E" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="3766D924" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="3C8636F6" w14:textId="04593DAD" w:rsidTr="00381429">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="197EABD8" w14:textId="77777777" w:rsidTr="00381429">
         <w:trPr>
           <w:trHeight w:val="328"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C2BA0DC" w14:textId="76618F1E" w:rsidR="000C2277" w:rsidRPr="009F162B" w:rsidRDefault="000C2277" w:rsidP="00F915EB">
+          <w:p w14:paraId="794503B3" w14:textId="77777777" w:rsidR="000C2277" w:rsidRPr="009F162B" w:rsidRDefault="000C2277" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Dabaszinības</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dabaszinības |</w:t>
+            </w:r>
+            <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> V</w:t>
+            </w:r>
+            <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67ABD027" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="000C2277" w:rsidP="000C2277">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
-                <w:bCs/>
-[...30 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:u w:val="single"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t xml:space="preserve">CE </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ppt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1371A9E7" w14:textId="77777777" w:rsidR="009F162B" w:rsidRDefault="000C2277" w:rsidP="000C2277">
+          <w:p w14:paraId="455D5830" w14:textId="77777777" w:rsidR="009F162B" w:rsidRDefault="000C2277" w:rsidP="000C2277">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Latviešu val</w:t>
             </w:r>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6922,284 +7006,266 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> | </w:t>
             </w:r>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A/O</w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03C6B95D" w14:textId="70554CD6" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="000C2277" w:rsidP="000C2277">
+          <w:p w14:paraId="290CF21F" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="000C2277" w:rsidP="000C2277">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t xml:space="preserve">CE </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>ppt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60181297" w14:textId="7308B618" w:rsidR="000C2277" w:rsidRPr="009F162B" w:rsidRDefault="000C2277" w:rsidP="00F915EB">
+          <w:p w14:paraId="70B14A14" w14:textId="77777777" w:rsidR="000C2277" w:rsidRPr="009F162B" w:rsidRDefault="000C2277" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ķīmija | </w:t>
             </w:r>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A/O </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D362CA4" w14:textId="4AAA8D29" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="000C2277" w:rsidP="000C2277">
+          <w:p w14:paraId="5C73D1A8" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="000C2277" w:rsidP="000C2277">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t xml:space="preserve">CE </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>ppt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69EE0D13" w14:textId="44A155D4" w:rsidR="000C2277" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="623F058D" w14:textId="77777777" w:rsidR="000C2277" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="000C2277" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>vešvaloda |</w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> A/O</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47248856" w14:textId="25651B0B" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="000C2277" w:rsidP="009F162B">
+          <w:p w14:paraId="26C4E52A" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="000C2277" w:rsidP="009F162B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> ppt</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F8F3052" w14:textId="66DF3A6A" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="6A984828" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="000C2277" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
@@ -7215,500 +7281,485 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000C2277" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-          <w:p w14:paraId="133D94E8" w14:textId="7DC44A20" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+              <w:t xml:space="preserve"> ppt</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F1526CE" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
             <w:r w:rsidR="000C2277" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>klasei pēdējā skolas diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="04167476" w14:textId="0385409F" w:rsidTr="00381429">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="0B164EA9" w14:textId="77777777" w:rsidTr="00381429">
         <w:trPr>
           <w:trHeight w:val="230"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03F75B6E" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="2B932C73" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="437B3931" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="481D0D58" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="694DE969" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="1D95D372" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D004E76" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="17DD742A" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FCF0598" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="25BE2821" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="1CCD114D" w14:textId="4652CBB2" w:rsidTr="00381429">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="4CB62E4E" w14:textId="77777777" w:rsidTr="00381429">
         <w:trPr>
           <w:trHeight w:val="805"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA76A27" w14:textId="68BE84E8" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="000C2277">
+          <w:p w14:paraId="71D4669C" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="000C2277">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Brīvdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13A03476" w14:textId="3D9EAC75" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="009F162B" w:rsidP="00F915EB">
+          <w:p w14:paraId="7C7157DE" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="009F162B" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jāņi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="722757C9" w14:textId="6E4ED0E4" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="000C2277">
+          <w:p w14:paraId="2344E0C1" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="000C2277">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="000C2277" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>īgo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A5FB0DB" w14:textId="484B2662" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="246EFE64" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ioloģija |</w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> A/O </w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t xml:space="preserve">CE </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ppt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74109EB1" w14:textId="20DF340E" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="51221799" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -7722,1028 +7773,1014 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> V/O/A</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t xml:space="preserve">CE </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>ppt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CA4E409" w14:textId="3A8B1F6B" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="23F0172F" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
               <w:t>Sertifikāti 9.</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
               <w:t>klase</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="34A299CF" w14:textId="225176C3" w:rsidTr="00381429">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="6E1301CC" w14:textId="77777777" w:rsidTr="00381429">
         <w:trPr>
           <w:trHeight w:val="196"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="021D7D42" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="041B4413" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>29. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="405B0EFD" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="250F494C" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30. jūnijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="005ADABB" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="567BAB85" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1. jūlijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3885E1BF" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="616FEF05" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2. jūlijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03321D81" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="1E318DA0" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3. jūlijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="78003128" w14:textId="54694056" w:rsidTr="00381429">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="36D35624" w14:textId="77777777" w:rsidTr="00381429">
         <w:trPr>
           <w:trHeight w:val="788"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51B40735" w14:textId="2CCC82D8" w:rsidR="00381429" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="6A38E4AB" w14:textId="77777777" w:rsidR="00381429" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ēsture</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EC3B9D4" w14:textId="2B36D20D" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00381429" w:rsidP="00F915EB">
+          <w:p w14:paraId="23A9742D" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00381429" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t xml:space="preserve">CE </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ppt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="651BEABD" w14:textId="77777777" w:rsidR="00381429" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="36DAA615" w14:textId="77777777" w:rsidR="00381429" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>rogrammēšana</w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B5704DB" w14:textId="649452F7" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00381429" w:rsidP="00F915EB">
+          <w:p w14:paraId="7D225542" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00381429" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t xml:space="preserve">CE </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ppt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB3C452" w14:textId="77777777" w:rsidR="00381429" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="292DB8D1" w14:textId="77777777" w:rsidR="00381429" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ultūra un māksla</w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0308017B" w14:textId="20FA0617" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00381429" w:rsidP="00F915EB">
+          <w:p w14:paraId="5A17FCDF" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00381429" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t xml:space="preserve">CE </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ppt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BB718B5" w14:textId="77777777" w:rsidR="00381429" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="654CD3C5" w14:textId="77777777" w:rsidR="00381429" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>izika</w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> A/O </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E0C72B8" w14:textId="6558A311" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00381429" w:rsidP="00381429">
+          <w:p w14:paraId="4F6527D3" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00381429" w:rsidP="00381429">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t xml:space="preserve">CE </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ppt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06C106A1" w14:textId="6F908D84" w:rsidR="00381429" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="76B59BC5" w14:textId="77777777" w:rsidR="00381429" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>izains un tehnoloģijas</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>pp</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4872D272" w14:textId="3F5DBB9B" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="3025D7C4" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
               <w:t>Sertifikāti 1</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
               <w:t>2. klase</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="3DA30DA6" w14:textId="00D39AE0" w:rsidTr="00381429">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="1EBB31A6" w14:textId="77777777" w:rsidTr="00381429">
         <w:trPr>
           <w:trHeight w:val="196"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A6AD241" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="649C780B" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6. jūlijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F10D1DE" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="61B63D73" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7. jūlijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33500BB7" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="27603D7F" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8. jūlijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20DE2BB2" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="3223E703" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9. jūlijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="063F18B2" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="26622892" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10. jūlijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="3BB1A75F" w14:textId="1AE7BD88" w:rsidTr="00381429">
+      <w:tr w:rsidR="00F915EB" w:rsidRPr="0096554E" w14:paraId="273CA6B8" w14:textId="77777777" w:rsidTr="00381429">
         <w:trPr>
           <w:trHeight w:val="695"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FD5D765" w14:textId="77777777" w:rsidR="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="0E6C6129" w14:textId="77777777" w:rsidR="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ģ</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>eogrāfija</w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C0F2C73" w14:textId="3148C5B7" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00381429" w:rsidP="00F915EB">
+          <w:p w14:paraId="6ED809AE" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00381429" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t xml:space="preserve">CE </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F915EB" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>ppt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67BBB86D" w14:textId="6E904DA8" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00381429">
+          <w:p w14:paraId="70F8435B" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00381429">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">vešvaloda </w:t>
             </w:r>
             <w:r w:rsidRPr="009F162B">
@@ -8766,480 +8803,402 @@
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>diena</w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00381429" w:rsidRPr="009F162B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
-              <w:t xml:space="preserve">CE </w:t>
-[...14 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>CE ppt</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="279F276F" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="7F3CF0AB" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FB88E24" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="5FE9BEA4" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0631B321" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
+          <w:p w14:paraId="2543706C" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRPr="009F162B" w:rsidRDefault="00F915EB" w:rsidP="00F915EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
               <w:t>Sertifikāti PPT 17.07.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="677139F3" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="009F2E7A">
+    <w:p w14:paraId="5CD49F42" w14:textId="77777777" w:rsidR="00F915EB" w:rsidRDefault="00F915EB" w:rsidP="009F2E7A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4231" w:type="pct"/>
         <w:tblInd w:w="851" w:type="dxa"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6095"/>
-        <w:gridCol w:w="7195"/>
+        <w:gridCol w:w="6179"/>
+        <w:gridCol w:w="7294"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F162B" w:rsidRPr="00424849" w14:paraId="0490CF67" w14:textId="77777777" w:rsidTr="00BE1606">
+      <w:tr w:rsidR="009F162B" w:rsidRPr="00424849" w14:paraId="105E4A7B" w14:textId="77777777" w:rsidTr="00BE1606">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2293" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="44A8F7F3" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+          <w:p w14:paraId="63EE8C94" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">  – vidusskola </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">  – vidusskola pamattermiņš</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>pamattermiņš</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:tab/>
+            </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00B45946">
-[...6 lines deleted...]
-          <w:p w14:paraId="213CEF15" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+          </w:p>
+          <w:p w14:paraId="5193EF4B" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:highlight w:val="cyan"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
-              <w:t>CE (</w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>CE (ppt</w:t>
+            </w:r>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
                 <w:highlight w:val="cyan"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">– vidusskola </w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="39ACCF3F" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+              <w:t>– vidusskola papildtermiņš</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="334FEECF" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
               <w:t>V/O/A</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> – vispārīgais/ optimālais/ augstākais līmenis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35977CD4" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+          <w:p w14:paraId="1C893785" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="00B46816" w:rsidP="00B46816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B45946">
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
               </w:rPr>
-              <w:t>r/m</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B45946">
+              <w:t>r.,</w:t>
+            </w:r>
+            <w:r w:rsidR="009F162B" w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D1C4E2"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="009F162B" w:rsidRPr="00B45946">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> – rakstu/mutvārdu daļa </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F9C9BCC" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
-[...8 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2707" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="06119F3B" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+          <w:p w14:paraId="5723A542" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
               </w:rPr>
               <w:t>CE/MD</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> –  9. klase </w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="6D163DCC" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+              <w:t xml:space="preserve"> –  9. klase pamattermiņš    </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D87BACF" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F162B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:highlight w:val="cyan"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
               </w:rPr>
-              <w:t>CE/MD (</w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>CE/MD (ppt</w:t>
+            </w:r>
             <w:r w:rsidRPr="00816749">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="00B0F0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">  – 9. klase </w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="094DB120" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
+              <w:t xml:space="preserve">  – 9. klase papildtermiņš</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B1644E8" w14:textId="77777777" w:rsidR="009F162B" w:rsidRPr="00B45946" w:rsidRDefault="009F162B" w:rsidP="00BE1606">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
               </w:rPr>
               <w:t>MD</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45946">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> – no 2. līdz 8. klasei</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="086CC7C3" w14:textId="6F527485" w:rsidR="009F2E7A" w:rsidRDefault="009F2E7A" w:rsidP="009F2E7A">
+    <w:p w14:paraId="0C5C0E21" w14:textId="77777777" w:rsidR="009F2E7A" w:rsidRDefault="009F2E7A" w:rsidP="009F2E7A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F2E7A" w:rsidSect="00E83D8D">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="16840" w:h="11907" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="0" w:left="567" w:header="397" w:footer="397" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1519321F" w14:textId="77777777" w:rsidR="000D0E22" w:rsidRDefault="000D0E22">
+    <w:p w14:paraId="313346D2" w14:textId="77777777" w:rsidR="00F23320" w:rsidRDefault="00F23320">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0006D27F" w14:textId="77777777" w:rsidR="000D0E22" w:rsidRDefault="000D0E22">
+    <w:p w14:paraId="44336491" w14:textId="77777777" w:rsidR="00F23320" w:rsidRDefault="00F23320">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9275,133 +9234,133 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="46FA3EF4" w14:textId="77777777" w:rsidR="002701A1" w:rsidRDefault="002701A1">
+  <w:p w14:paraId="599F925C" w14:textId="77777777" w:rsidR="002701A1" w:rsidRDefault="00853457">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="002701A1">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="002701A1">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="094DFD99" w14:textId="77777777" w:rsidR="002701A1" w:rsidRDefault="002701A1">
+  <w:p w14:paraId="59BEB7AD" w14:textId="77777777" w:rsidR="002701A1" w:rsidRDefault="002701A1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="63788F50" w14:textId="77777777" w:rsidR="002701A1" w:rsidRDefault="002701A1">
+  <w:p w14:paraId="06AD8C49" w14:textId="77777777" w:rsidR="002701A1" w:rsidRDefault="002701A1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="231ED97D" w14:textId="77777777" w:rsidR="002701A1" w:rsidRDefault="002701A1" w:rsidP="0096554E">
+  <w:p w14:paraId="4AEB8218" w14:textId="77777777" w:rsidR="002701A1" w:rsidRDefault="002701A1" w:rsidP="0096554E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="left" w:pos="3969"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="561285CE" w14:textId="77777777" w:rsidR="000D0E22" w:rsidRDefault="000D0E22">
+    <w:p w14:paraId="0295AE7D" w14:textId="77777777" w:rsidR="00F23320" w:rsidRDefault="00F23320">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73DA5A98" w14:textId="77777777" w:rsidR="000D0E22" w:rsidRDefault="000D0E22">
+    <w:p w14:paraId="7A28D2CD" w14:textId="77777777" w:rsidR="00F23320" w:rsidRDefault="00F23320">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15384B5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD96B74A"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -10068,89 +10027,85 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="853615748">
+  <w:num w:numId="1" w16cid:durableId="1684550344">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1084959854">
+  <w:num w:numId="2" w16cid:durableId="699093592">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="706368669">
+  <w:num w:numId="3" w16cid:durableId="256136704">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="289672511">
+  <w:num w:numId="4" w16cid:durableId="876355995">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="958030308">
+  <w:num w:numId="5" w16cid:durableId="1239629963">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB73CB"/>
     <w:rsid w:val="00001CF2"/>
     <w:rsid w:val="0000289E"/>
     <w:rsid w:val="0000590A"/>
     <w:rsid w:val="00005EDC"/>
     <w:rsid w:val="000073CE"/>
     <w:rsid w:val="00012894"/>
     <w:rsid w:val="00027FCD"/>
     <w:rsid w:val="00035E85"/>
     <w:rsid w:val="00036852"/>
     <w:rsid w:val="0003706D"/>
     <w:rsid w:val="00041212"/>
     <w:rsid w:val="0004256D"/>
     <w:rsid w:val="00044B22"/>
     <w:rsid w:val="00046E35"/>
     <w:rsid w:val="00047E5D"/>
     <w:rsid w:val="00047F67"/>
     <w:rsid w:val="000539B3"/>
     <w:rsid w:val="000541AF"/>
     <w:rsid w:val="000558CD"/>
     <w:rsid w:val="00055AEB"/>
     <w:rsid w:val="00055EAF"/>
@@ -10241,50 +10196,51 @@
     <w:rsid w:val="001B2AA1"/>
     <w:rsid w:val="001C1138"/>
     <w:rsid w:val="001C31F4"/>
     <w:rsid w:val="001C349A"/>
     <w:rsid w:val="001C38C0"/>
     <w:rsid w:val="001C4A15"/>
     <w:rsid w:val="001C7C50"/>
     <w:rsid w:val="001D241E"/>
     <w:rsid w:val="001D2C25"/>
     <w:rsid w:val="001D43D1"/>
     <w:rsid w:val="001D4937"/>
     <w:rsid w:val="001D6CFD"/>
     <w:rsid w:val="001E0E6D"/>
     <w:rsid w:val="001F27B8"/>
     <w:rsid w:val="001F5BF3"/>
     <w:rsid w:val="00200521"/>
     <w:rsid w:val="00204959"/>
     <w:rsid w:val="00206782"/>
     <w:rsid w:val="0021009C"/>
     <w:rsid w:val="00211894"/>
     <w:rsid w:val="00212A9C"/>
     <w:rsid w:val="002152C6"/>
     <w:rsid w:val="00217BAD"/>
     <w:rsid w:val="00220AC0"/>
     <w:rsid w:val="00222AD9"/>
+    <w:rsid w:val="002232C3"/>
     <w:rsid w:val="00223F50"/>
     <w:rsid w:val="002241DA"/>
     <w:rsid w:val="0022570A"/>
     <w:rsid w:val="00225F75"/>
     <w:rsid w:val="002349E0"/>
     <w:rsid w:val="00236D85"/>
     <w:rsid w:val="0024308D"/>
     <w:rsid w:val="00243669"/>
     <w:rsid w:val="0025120E"/>
     <w:rsid w:val="00253B49"/>
     <w:rsid w:val="00256791"/>
     <w:rsid w:val="00256ECA"/>
     <w:rsid w:val="002617BC"/>
     <w:rsid w:val="00262DB8"/>
     <w:rsid w:val="002632B5"/>
     <w:rsid w:val="002701A1"/>
     <w:rsid w:val="00270601"/>
     <w:rsid w:val="00274CFF"/>
     <w:rsid w:val="00277663"/>
     <w:rsid w:val="002860FC"/>
     <w:rsid w:val="00293531"/>
     <w:rsid w:val="0029411B"/>
     <w:rsid w:val="00297E6C"/>
     <w:rsid w:val="002A10DE"/>
     <w:rsid w:val="002A589F"/>
@@ -10379,50 +10335,51 @@
     <w:rsid w:val="004A4B7C"/>
     <w:rsid w:val="004A5EB5"/>
     <w:rsid w:val="004B185E"/>
     <w:rsid w:val="004B45D3"/>
     <w:rsid w:val="004B6816"/>
     <w:rsid w:val="004D2156"/>
     <w:rsid w:val="004D50F8"/>
     <w:rsid w:val="004D6FE3"/>
     <w:rsid w:val="004E016C"/>
     <w:rsid w:val="004F1682"/>
     <w:rsid w:val="004F1EFA"/>
     <w:rsid w:val="004F2718"/>
     <w:rsid w:val="004F5BCB"/>
     <w:rsid w:val="004F78C2"/>
     <w:rsid w:val="00502040"/>
     <w:rsid w:val="00504D5B"/>
     <w:rsid w:val="00504F1F"/>
     <w:rsid w:val="00506F94"/>
     <w:rsid w:val="00511E43"/>
     <w:rsid w:val="00514650"/>
     <w:rsid w:val="00515B38"/>
     <w:rsid w:val="00516BCE"/>
     <w:rsid w:val="00516D7B"/>
     <w:rsid w:val="00533895"/>
     <w:rsid w:val="005344D0"/>
+    <w:rsid w:val="00535A97"/>
     <w:rsid w:val="00540137"/>
     <w:rsid w:val="0054062E"/>
     <w:rsid w:val="00545CA6"/>
     <w:rsid w:val="00547570"/>
     <w:rsid w:val="0054785A"/>
     <w:rsid w:val="0055282D"/>
     <w:rsid w:val="0055419D"/>
     <w:rsid w:val="00554676"/>
     <w:rsid w:val="00563C8D"/>
     <w:rsid w:val="00567BE3"/>
     <w:rsid w:val="00567D40"/>
     <w:rsid w:val="00571722"/>
     <w:rsid w:val="0057197C"/>
     <w:rsid w:val="0057399D"/>
     <w:rsid w:val="00575673"/>
     <w:rsid w:val="00576B47"/>
     <w:rsid w:val="005771EF"/>
     <w:rsid w:val="00581C2F"/>
     <w:rsid w:val="0058266F"/>
     <w:rsid w:val="0058337A"/>
     <w:rsid w:val="005866C6"/>
     <w:rsid w:val="0058674F"/>
     <w:rsid w:val="00590927"/>
     <w:rsid w:val="00590B8C"/>
     <w:rsid w:val="00590D74"/>
@@ -10539,122 +10496,125 @@
     <w:rsid w:val="0075075B"/>
     <w:rsid w:val="0075100A"/>
     <w:rsid w:val="00752340"/>
     <w:rsid w:val="007524AA"/>
     <w:rsid w:val="0075559B"/>
     <w:rsid w:val="00770DCB"/>
     <w:rsid w:val="00775CC9"/>
     <w:rsid w:val="00780839"/>
     <w:rsid w:val="0078148F"/>
     <w:rsid w:val="00781DFA"/>
     <w:rsid w:val="00781FF1"/>
     <w:rsid w:val="00784A57"/>
     <w:rsid w:val="00790603"/>
     <w:rsid w:val="007974B7"/>
     <w:rsid w:val="007A303A"/>
     <w:rsid w:val="007A52B8"/>
     <w:rsid w:val="007A6906"/>
     <w:rsid w:val="007B088A"/>
     <w:rsid w:val="007B13EB"/>
     <w:rsid w:val="007B16C6"/>
     <w:rsid w:val="007B25D3"/>
     <w:rsid w:val="007B2BE8"/>
     <w:rsid w:val="007C21C7"/>
     <w:rsid w:val="007C27E0"/>
     <w:rsid w:val="007C2942"/>
+    <w:rsid w:val="007C6CE3"/>
     <w:rsid w:val="007D496E"/>
     <w:rsid w:val="007D4B05"/>
     <w:rsid w:val="007D5946"/>
     <w:rsid w:val="007E0ACD"/>
     <w:rsid w:val="007E408C"/>
     <w:rsid w:val="007E585A"/>
     <w:rsid w:val="007E5C38"/>
     <w:rsid w:val="007E5EC3"/>
     <w:rsid w:val="007E7071"/>
     <w:rsid w:val="007E71DD"/>
     <w:rsid w:val="007E7995"/>
     <w:rsid w:val="007F290E"/>
     <w:rsid w:val="007F34DA"/>
     <w:rsid w:val="007F35FA"/>
     <w:rsid w:val="007F4F91"/>
     <w:rsid w:val="007F6C96"/>
     <w:rsid w:val="00800419"/>
     <w:rsid w:val="008010AC"/>
     <w:rsid w:val="00801F32"/>
     <w:rsid w:val="008020E5"/>
     <w:rsid w:val="0080474C"/>
     <w:rsid w:val="00813D72"/>
     <w:rsid w:val="008162DD"/>
     <w:rsid w:val="00816749"/>
     <w:rsid w:val="008176B5"/>
     <w:rsid w:val="00817718"/>
     <w:rsid w:val="008224B8"/>
     <w:rsid w:val="00822C0F"/>
     <w:rsid w:val="00832BF9"/>
     <w:rsid w:val="0083467A"/>
     <w:rsid w:val="00835D77"/>
     <w:rsid w:val="00836CF8"/>
     <w:rsid w:val="0084098E"/>
     <w:rsid w:val="00841A7C"/>
     <w:rsid w:val="0084342F"/>
     <w:rsid w:val="008435C1"/>
     <w:rsid w:val="00844EA9"/>
     <w:rsid w:val="008468FC"/>
     <w:rsid w:val="008509BE"/>
     <w:rsid w:val="008517D1"/>
+    <w:rsid w:val="00853457"/>
     <w:rsid w:val="008534C2"/>
     <w:rsid w:val="008636DE"/>
     <w:rsid w:val="00865E48"/>
     <w:rsid w:val="00867E26"/>
     <w:rsid w:val="00870C80"/>
     <w:rsid w:val="00871DBD"/>
     <w:rsid w:val="0087237F"/>
     <w:rsid w:val="00874A16"/>
     <w:rsid w:val="00874BF7"/>
     <w:rsid w:val="00875FE4"/>
     <w:rsid w:val="00876651"/>
     <w:rsid w:val="008770DC"/>
     <w:rsid w:val="00877465"/>
     <w:rsid w:val="0087777A"/>
     <w:rsid w:val="00882A63"/>
     <w:rsid w:val="0088348B"/>
     <w:rsid w:val="0089188F"/>
     <w:rsid w:val="00892494"/>
     <w:rsid w:val="008946D5"/>
     <w:rsid w:val="00894B64"/>
     <w:rsid w:val="00895BA2"/>
     <w:rsid w:val="00896117"/>
     <w:rsid w:val="008A0EE6"/>
     <w:rsid w:val="008A34C5"/>
     <w:rsid w:val="008A3D9A"/>
     <w:rsid w:val="008B5474"/>
     <w:rsid w:val="008B5952"/>
     <w:rsid w:val="008C00DA"/>
     <w:rsid w:val="008C0B15"/>
     <w:rsid w:val="008C0D24"/>
     <w:rsid w:val="008C4C4D"/>
     <w:rsid w:val="008C60D9"/>
+    <w:rsid w:val="008C71D3"/>
     <w:rsid w:val="008D13F5"/>
     <w:rsid w:val="008E227D"/>
     <w:rsid w:val="008E554C"/>
     <w:rsid w:val="008F381E"/>
     <w:rsid w:val="008F5E7D"/>
     <w:rsid w:val="008F6272"/>
     <w:rsid w:val="0090071B"/>
     <w:rsid w:val="00905D45"/>
     <w:rsid w:val="00907D03"/>
     <w:rsid w:val="00914FE6"/>
     <w:rsid w:val="0091511E"/>
     <w:rsid w:val="00916A7B"/>
     <w:rsid w:val="0092293F"/>
     <w:rsid w:val="009230D1"/>
     <w:rsid w:val="00931774"/>
     <w:rsid w:val="009322A0"/>
     <w:rsid w:val="00933A28"/>
     <w:rsid w:val="009411EB"/>
     <w:rsid w:val="00943529"/>
     <w:rsid w:val="0094598D"/>
     <w:rsid w:val="00946ED6"/>
     <w:rsid w:val="00951428"/>
     <w:rsid w:val="00951DC8"/>
     <w:rsid w:val="00951F7F"/>
     <w:rsid w:val="00952B3E"/>
@@ -10780,50 +10740,51 @@
     <w:rsid w:val="00B00726"/>
     <w:rsid w:val="00B00B3A"/>
     <w:rsid w:val="00B00B95"/>
     <w:rsid w:val="00B012A4"/>
     <w:rsid w:val="00B0137E"/>
     <w:rsid w:val="00B0488E"/>
     <w:rsid w:val="00B05C76"/>
     <w:rsid w:val="00B064C3"/>
     <w:rsid w:val="00B10527"/>
     <w:rsid w:val="00B1154F"/>
     <w:rsid w:val="00B129EF"/>
     <w:rsid w:val="00B159DB"/>
     <w:rsid w:val="00B1602F"/>
     <w:rsid w:val="00B17659"/>
     <w:rsid w:val="00B22378"/>
     <w:rsid w:val="00B27D4C"/>
     <w:rsid w:val="00B31404"/>
     <w:rsid w:val="00B333BF"/>
     <w:rsid w:val="00B34513"/>
     <w:rsid w:val="00B3767A"/>
     <w:rsid w:val="00B41433"/>
     <w:rsid w:val="00B42900"/>
     <w:rsid w:val="00B42E70"/>
     <w:rsid w:val="00B4389A"/>
     <w:rsid w:val="00B45946"/>
+    <w:rsid w:val="00B46816"/>
     <w:rsid w:val="00B52AAF"/>
     <w:rsid w:val="00B55223"/>
     <w:rsid w:val="00B55E9B"/>
     <w:rsid w:val="00B56D59"/>
     <w:rsid w:val="00B57579"/>
     <w:rsid w:val="00B63B1A"/>
     <w:rsid w:val="00B73842"/>
     <w:rsid w:val="00B73FF0"/>
     <w:rsid w:val="00B8046D"/>
     <w:rsid w:val="00B814A5"/>
     <w:rsid w:val="00B83341"/>
     <w:rsid w:val="00B83A7F"/>
     <w:rsid w:val="00B8408F"/>
     <w:rsid w:val="00B840A5"/>
     <w:rsid w:val="00B86689"/>
     <w:rsid w:val="00B86B2A"/>
     <w:rsid w:val="00B91EDB"/>
     <w:rsid w:val="00B92D21"/>
     <w:rsid w:val="00B946F1"/>
     <w:rsid w:val="00B94E3C"/>
     <w:rsid w:val="00B955DA"/>
     <w:rsid w:val="00BA21C7"/>
     <w:rsid w:val="00BB1869"/>
     <w:rsid w:val="00BB20BA"/>
     <w:rsid w:val="00BB23EE"/>
@@ -10850,91 +10811,94 @@
     <w:rsid w:val="00C17509"/>
     <w:rsid w:val="00C1770A"/>
     <w:rsid w:val="00C17E12"/>
     <w:rsid w:val="00C21BF3"/>
     <w:rsid w:val="00C225A9"/>
     <w:rsid w:val="00C25369"/>
     <w:rsid w:val="00C2540C"/>
     <w:rsid w:val="00C31796"/>
     <w:rsid w:val="00C3194B"/>
     <w:rsid w:val="00C31AFB"/>
     <w:rsid w:val="00C36DC5"/>
     <w:rsid w:val="00C40760"/>
     <w:rsid w:val="00C40AF3"/>
     <w:rsid w:val="00C4165F"/>
     <w:rsid w:val="00C441DE"/>
     <w:rsid w:val="00C45723"/>
     <w:rsid w:val="00C538EA"/>
     <w:rsid w:val="00C564B7"/>
     <w:rsid w:val="00C6356F"/>
     <w:rsid w:val="00C66267"/>
     <w:rsid w:val="00C708AD"/>
     <w:rsid w:val="00C72F0B"/>
     <w:rsid w:val="00C73971"/>
     <w:rsid w:val="00C73DC5"/>
     <w:rsid w:val="00C76EE1"/>
+    <w:rsid w:val="00C8085F"/>
     <w:rsid w:val="00C85A85"/>
     <w:rsid w:val="00C908AA"/>
     <w:rsid w:val="00C90A38"/>
     <w:rsid w:val="00C90D42"/>
     <w:rsid w:val="00C91B8D"/>
     <w:rsid w:val="00C934F1"/>
     <w:rsid w:val="00C96018"/>
     <w:rsid w:val="00CA1E9D"/>
     <w:rsid w:val="00CA26AB"/>
     <w:rsid w:val="00CA4B51"/>
     <w:rsid w:val="00CA5E12"/>
     <w:rsid w:val="00CA6E44"/>
     <w:rsid w:val="00CB0506"/>
     <w:rsid w:val="00CB48FF"/>
     <w:rsid w:val="00CB780E"/>
     <w:rsid w:val="00CC3D4C"/>
     <w:rsid w:val="00CC487D"/>
     <w:rsid w:val="00CC520D"/>
     <w:rsid w:val="00CC72A0"/>
     <w:rsid w:val="00CD146C"/>
     <w:rsid w:val="00CD3959"/>
     <w:rsid w:val="00CD3F00"/>
     <w:rsid w:val="00CE158A"/>
     <w:rsid w:val="00CE191C"/>
     <w:rsid w:val="00CE555F"/>
     <w:rsid w:val="00CF025E"/>
     <w:rsid w:val="00CF28BE"/>
     <w:rsid w:val="00D034F0"/>
+    <w:rsid w:val="00D04170"/>
     <w:rsid w:val="00D04827"/>
     <w:rsid w:val="00D04DFE"/>
     <w:rsid w:val="00D06D51"/>
     <w:rsid w:val="00D11B6A"/>
     <w:rsid w:val="00D14161"/>
     <w:rsid w:val="00D1794B"/>
     <w:rsid w:val="00D20884"/>
     <w:rsid w:val="00D2100B"/>
     <w:rsid w:val="00D239F3"/>
     <w:rsid w:val="00D23EF1"/>
     <w:rsid w:val="00D27595"/>
     <w:rsid w:val="00D33D94"/>
     <w:rsid w:val="00D350B6"/>
+    <w:rsid w:val="00D4071C"/>
     <w:rsid w:val="00D41593"/>
     <w:rsid w:val="00D43477"/>
     <w:rsid w:val="00D45FDB"/>
     <w:rsid w:val="00D463D0"/>
     <w:rsid w:val="00D5702D"/>
     <w:rsid w:val="00D6027F"/>
     <w:rsid w:val="00D6194D"/>
     <w:rsid w:val="00D67770"/>
     <w:rsid w:val="00D7115C"/>
     <w:rsid w:val="00D77DA2"/>
     <w:rsid w:val="00D80473"/>
     <w:rsid w:val="00D85FDD"/>
     <w:rsid w:val="00D86071"/>
     <w:rsid w:val="00D8700B"/>
     <w:rsid w:val="00D874C8"/>
     <w:rsid w:val="00D90705"/>
     <w:rsid w:val="00D912A3"/>
     <w:rsid w:val="00D918F0"/>
     <w:rsid w:val="00D94989"/>
     <w:rsid w:val="00D959C3"/>
     <w:rsid w:val="00DA3556"/>
     <w:rsid w:val="00DA4076"/>
     <w:rsid w:val="00DA7AD8"/>
     <w:rsid w:val="00DB1EF0"/>
     <w:rsid w:val="00DB1FDF"/>
@@ -11008,136 +10972,137 @@
     <w:rsid w:val="00EB588A"/>
     <w:rsid w:val="00EB626D"/>
     <w:rsid w:val="00EB73CB"/>
     <w:rsid w:val="00EC33E6"/>
     <w:rsid w:val="00EC570A"/>
     <w:rsid w:val="00EC6C3B"/>
     <w:rsid w:val="00EC7832"/>
     <w:rsid w:val="00ED1FA3"/>
     <w:rsid w:val="00ED7A1C"/>
     <w:rsid w:val="00EE0A9E"/>
     <w:rsid w:val="00EE2520"/>
     <w:rsid w:val="00EE4112"/>
     <w:rsid w:val="00EE4E84"/>
     <w:rsid w:val="00EE4F85"/>
     <w:rsid w:val="00EF0776"/>
     <w:rsid w:val="00EF1814"/>
     <w:rsid w:val="00EF51FC"/>
     <w:rsid w:val="00EF6497"/>
     <w:rsid w:val="00F05B8D"/>
     <w:rsid w:val="00F06465"/>
     <w:rsid w:val="00F071FD"/>
     <w:rsid w:val="00F12840"/>
     <w:rsid w:val="00F146A0"/>
     <w:rsid w:val="00F147BD"/>
     <w:rsid w:val="00F150E1"/>
+    <w:rsid w:val="00F23320"/>
     <w:rsid w:val="00F23B5C"/>
     <w:rsid w:val="00F2647A"/>
     <w:rsid w:val="00F27D5E"/>
     <w:rsid w:val="00F31857"/>
     <w:rsid w:val="00F44E4B"/>
     <w:rsid w:val="00F5395A"/>
     <w:rsid w:val="00F5489B"/>
     <w:rsid w:val="00F55F52"/>
     <w:rsid w:val="00F57309"/>
     <w:rsid w:val="00F57534"/>
     <w:rsid w:val="00F57896"/>
     <w:rsid w:val="00F57B33"/>
     <w:rsid w:val="00F60DA1"/>
     <w:rsid w:val="00F6113C"/>
     <w:rsid w:val="00F64DDA"/>
     <w:rsid w:val="00F660C1"/>
     <w:rsid w:val="00F66229"/>
     <w:rsid w:val="00F66ABC"/>
     <w:rsid w:val="00F710B8"/>
     <w:rsid w:val="00F71D3A"/>
     <w:rsid w:val="00F73D8D"/>
     <w:rsid w:val="00F753FF"/>
     <w:rsid w:val="00F82B03"/>
     <w:rsid w:val="00F82F4F"/>
     <w:rsid w:val="00F907A9"/>
     <w:rsid w:val="00F90D13"/>
     <w:rsid w:val="00F915EB"/>
     <w:rsid w:val="00F923F0"/>
     <w:rsid w:val="00F93B81"/>
     <w:rsid w:val="00F95518"/>
     <w:rsid w:val="00F95C98"/>
     <w:rsid w:val="00F96948"/>
     <w:rsid w:val="00FA01F0"/>
     <w:rsid w:val="00FA14C5"/>
     <w:rsid w:val="00FA27E4"/>
     <w:rsid w:val="00FA27F9"/>
     <w:rsid w:val="00FA586A"/>
     <w:rsid w:val="00FB08B3"/>
     <w:rsid w:val="00FB2725"/>
     <w:rsid w:val="00FB2F5D"/>
     <w:rsid w:val="00FB4177"/>
     <w:rsid w:val="00FB5048"/>
+    <w:rsid w:val="00FB592E"/>
     <w:rsid w:val="00FC102D"/>
     <w:rsid w:val="00FC146F"/>
     <w:rsid w:val="00FC1CDB"/>
     <w:rsid w:val="00FC601F"/>
     <w:rsid w:val="00FC60E2"/>
     <w:rsid w:val="00FC75E6"/>
     <w:rsid w:val="00FD0AE6"/>
     <w:rsid w:val="00FD31F4"/>
     <w:rsid w:val="00FD412F"/>
     <w:rsid w:val="00FD453D"/>
     <w:rsid w:val="00FD64A9"/>
     <w:rsid w:val="00FD65B1"/>
     <w:rsid w:val="00FD7CF5"/>
     <w:rsid w:val="00FE630C"/>
     <w:rsid w:val="00FF0A3B"/>
     <w:rsid w:val="00FF7E3B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="lv-LV"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6AC4F1E8"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{0CE2CF3D-466B-4693-9938-530764D0A9C2}"/>
+  <w14:docId w14:val="2C0EF537"/>
+  <w15:docId w15:val="{636088BA-A079-472B-AF81-DBA262CB356D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11734,51 +11699,51 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -11786,51 +11751,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -11997,70 +11962,67 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{63587698-06f1-46fc-a8b0-b62f509f6f35}" enabled="0" method="" siteId="{63587698-06f1-46fc-a8b0-b62f509f6f35}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2290</Words>
-  <Characters>1306</Characters>
+  <Words>2341</Words>
+  <Characters>1335</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>11</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PROJEKTS2006</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3589</CharactersWithSpaces>
+  <CharactersWithSpaces>3669</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PROJEKTS2006</dc:title>
-  <dc:subject/>
   <dc:creator>Ingrida Kamarute</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>